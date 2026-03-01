--- v0 (2025-10-31)
+++ v1 (2026-03-01)
@@ -1,27170 +1,29885 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4AEF21EB" w14:textId="77777777" w:rsidR="00D976FE" w:rsidRPr="00956908" w:rsidRDefault="00FE434C" w:rsidP="00AA3E77">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00956908">
+    <w:p w14:paraId="15DC522C" w14:textId="6249DAEF" w:rsidR="007124A6" w:rsidRDefault="001F282C" w:rsidP="00FF6347">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="pl-PL"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:drawing>
-[...46 lines deleted...]
-        </w:drawing>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Academy Stars 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F282C">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> edition</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6347" w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD6B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6347" w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (90 hours)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F50FC8" w14:textId="77777777" w:rsidR="00D976FE" w:rsidRPr="00956908" w:rsidRDefault="00D976FE" w:rsidP="00D976FE">
-      <w:pPr>
+    <w:p w14:paraId="43F3DA2B" w14:textId="0E59FE30" w:rsidR="00552F21" w:rsidRPr="004A38E5" w:rsidRDefault="00C73DCA" w:rsidP="00FF6347">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00956908">
+      <w:r w:rsidRPr="004A38E5">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Checkpoint A2+/B1</w:t>
+        <w:t>Option 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00377892" w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10 units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00173BFF" w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4 reading sections</w:t>
+      </w:r>
+      <w:r w:rsidR="00173BFF" w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00173BFF" w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 review </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="00173BFF" w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CYLE practice</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB63A2" w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, EOY test</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB63A2" w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A164805" w14:textId="00767F9D" w:rsidR="00DB63A2" w:rsidRPr="004A38E5" w:rsidRDefault="00DB63A2" w:rsidP="00FF6347">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Option 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00377892" w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00932D10" w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Welcome unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00932D10" w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00932D10" w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00932D10" w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 units, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5 review &amp; CYLE practice</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00262A7B" w:rsidRPr="004B0AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 reading </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CFE" w:rsidRPr="004B0AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0AA9" w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MY </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="001926DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="0041232E">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EOY </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="00D85D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tests)</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2BEB" w:rsidRPr="004A38E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:color w:val="70AD47" w:themeColor="accent6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233A3BE7" w14:textId="5AE8C5B2" w:rsidR="00FF6347" w:rsidRPr="00224184" w:rsidRDefault="00080A74" w:rsidP="000B7739">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15E25" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> test</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15E25" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> available </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6575" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15E25" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teacher’s Resource Ba</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7739" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15E25" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6575" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via </w:t>
+      </w:r>
+      <w:r w:rsidR="00B573AB" w:rsidRPr="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Teac</w:t>
+      </w:r>
+      <w:r w:rsidR="00B573AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>her’s App</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E80BFAA" w14:textId="2CA16B07" w:rsidR="000B7739" w:rsidRPr="004F0B10" w:rsidRDefault="0011228B" w:rsidP="00FF6347">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Welcome</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7739" w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71E24">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="14144"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="17CB42FB" w14:textId="77777777" w:rsidTr="002E508A">
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00FF6347" w:rsidRPr="004F0B10" w14:paraId="77B4DC51" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF40B64" w14:textId="19D1D5E0" w:rsidR="00FF6347" w:rsidRPr="004F0B10" w:rsidRDefault="00FF6347" w:rsidP="00FF6347">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...12 lines deleted...]
-              <w:t>PLAN WYNIKOWY</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C65C2F6" w14:textId="719CF964" w:rsidR="00FF6347" w:rsidRPr="004F0B10" w:rsidRDefault="00FF6347" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F523B7" w14:textId="7F858934" w:rsidR="00FF6347" w:rsidRPr="004F0B10" w:rsidRDefault="00FF6347" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35682735" w14:textId="3FF7F29E" w:rsidR="00FF6347" w:rsidRPr="004F0B10" w:rsidRDefault="004A788F" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">functions, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF6347" w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>competences and skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF6347" w:rsidRPr="004F0B10" w14:paraId="1C628BB5" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67412179" w14:textId="77777777" w:rsidR="002E3E3D" w:rsidRPr="004A38E5" w:rsidRDefault="00FF6347" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B258B20" w14:textId="75DFA4D7" w:rsidR="006E540F" w:rsidRPr="004A38E5" w:rsidRDefault="006E540F" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00342CB6" w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7074F4E0" w14:textId="1EBA64AD" w:rsidR="006E540F" w:rsidRPr="004A38E5" w:rsidRDefault="00AD56D9" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="006E540F" w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B pg. 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5111E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E3337B" w14:textId="1ADBBA3E" w:rsidR="00FF6347" w:rsidRPr="00F82A58" w:rsidRDefault="00505239" w:rsidP="00F82A58">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art, computer studies, do karate, English, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4165">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">maths, music, play tennis, reading, science, sport, </w:t>
+            </w:r>
+            <w:r w:rsidR="00387D2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>visit museums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="143AC423" w14:textId="3EB72B3B" w:rsidR="00042AC4" w:rsidRPr="008617DB" w:rsidRDefault="00042AC4" w:rsidP="008617DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A2D049" w14:textId="77777777" w:rsidR="00BC0A04" w:rsidRDefault="00CA1326" w:rsidP="002E3E3D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>meeting the characters</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D832D03" w14:textId="1B9560E7" w:rsidR="00CA1326" w:rsidRPr="00906A40" w:rsidRDefault="006D3916" w:rsidP="002E3E3D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">talking about </w:t>
+            </w:r>
+            <w:r w:rsidR="00192176">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>interests</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and holiday activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF6347" w:rsidRPr="004F0B10" w14:paraId="507EE116" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8DB48C" w14:textId="77777777" w:rsidR="00FF6347" w:rsidRPr="004A38E5" w:rsidRDefault="0093433B" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194157B7" w14:textId="60A58144" w:rsidR="004A2F45" w:rsidRPr="004A38E5" w:rsidRDefault="004A2F45" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00253AD5" w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC53DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B965A66" w14:textId="3838B8A3" w:rsidR="001A5B2A" w:rsidRPr="004A38E5" w:rsidRDefault="00253AD5" w:rsidP="00FF6347">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5B2A" w:rsidRPr="004A38E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00986835">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00863CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2216C503" w14:textId="7E29CD85" w:rsidR="00002FEC" w:rsidRPr="00F30D61" w:rsidRDefault="00F30D61" w:rsidP="00F30D61">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="008617DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07319">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">jobs, outdoor sports, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD6C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>parts of a plant or animal, shops, the countryside</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E90C247" w14:textId="29D59D01" w:rsidR="00CF0F9D" w:rsidRPr="00906A40" w:rsidRDefault="00CF0F9D" w:rsidP="00802621">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727A14DA" w14:textId="2B7095E3" w:rsidR="009F285B" w:rsidRPr="00906A40" w:rsidRDefault="00A36FF3" w:rsidP="00245DCB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary review</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="071D54FB" w14:textId="77777777" w:rsidR="00855CA7" w:rsidRDefault="00855CA7" w:rsidP="00855CA7">
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="2C380EC8" w14:textId="77777777" w:rsidR="00284753" w:rsidRDefault="00284753" w:rsidP="009F285B">
+      <w:pPr>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="717C4323" w14:textId="29323B65" w:rsidR="00855CA7" w:rsidRPr="00C56625" w:rsidRDefault="00855CA7" w:rsidP="00855CA7">
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="798672CD" w14:textId="2D5AC7AD" w:rsidR="00FF6347" w:rsidRPr="004F0B10" w:rsidRDefault="00BE6575" w:rsidP="009F285B">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C56625">
+      <w:r w:rsidRPr="004F0B10">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Treści nauczania nieobowiązujące w podstawie programowej III.1.P od roku szkolnego 2024/25</w:t>
+        <w:t>Unit</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="009F285B" w:rsidRPr="004F0B10">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Treści nauczania nieobowiązujące w podstawie programowej III.1.R od roku szkolnego 2024/25</w:t>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-    </w:p>
-[...102 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="1128347D" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="009F285B" w:rsidRPr="004F0B10" w14:paraId="2E800A6B" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D7E3E1" w14:textId="77777777" w:rsidR="009F285B" w:rsidRPr="004F0B10" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4DE0A5" w14:textId="77777777" w:rsidR="009F285B" w:rsidRPr="004F0B10" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22AFCC5F" w14:textId="4FA9CE5C" w:rsidR="009F285B" w:rsidRPr="004F0B10" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D40155A" w14:textId="46AA2DE6" w:rsidR="009F285B" w:rsidRPr="004F0B10" w:rsidRDefault="004A788F" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">functions, </w:t>
+            </w:r>
+            <w:r w:rsidR="009F285B" w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="16EF9E03" w14:textId="77777777" w:rsidTr="00FE697C">
-[...218 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00DF3F7B" w:rsidRPr="004F0B10" w14:paraId="0CEDB553" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02389B87" w14:textId="26F16A3F" w:rsidR="00DF3F7B" w:rsidRDefault="00DF3F7B" w:rsidP="002D0C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000908FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50B32B3C" w14:textId="0DCAD265" w:rsidR="00DF3F7B" w:rsidRDefault="00DF3F7B" w:rsidP="002D0C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="000908FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="048E888D" w14:textId="271B1AA8" w:rsidR="00DF3F7B" w:rsidRPr="004F0B10" w:rsidRDefault="000908FB" w:rsidP="002D0C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00906A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78ADC1C0" w14:textId="3BD1B657" w:rsidR="000F3A06" w:rsidRPr="000B0DA3" w:rsidRDefault="007F5412" w:rsidP="000B0DA3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">accident, ambulance, </w:t>
+            </w:r>
+            <w:r w:rsidR="00013E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cause (caused), cooker, electricity, heating, million, </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0DA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>power, rehearse (rehearsing), weird</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CAA4DF" w14:textId="7DF7EC0D" w:rsidR="00DF3F7B" w:rsidRPr="00402531" w:rsidRDefault="00DF3F7B" w:rsidP="00402531">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D519305" w14:textId="3B8B65B0" w:rsidR="00D33BFC" w:rsidRDefault="00D33BFC" w:rsidP="00D33BFC">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading a newspaper article</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D8FE5F3" w14:textId="392D89CD" w:rsidR="00D33BFC" w:rsidRDefault="000453DE" w:rsidP="00D33BFC">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: identifying </w:t>
+            </w:r>
+            <w:r w:rsidR="007F5412">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>features of a newspaper article</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6EC0F8" w14:textId="0D10E2BD" w:rsidR="0099580C" w:rsidRPr="00D33BFC" w:rsidRDefault="0099580C" w:rsidP="00D33BFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="797C2E61" w14:textId="77777777" w:rsidTr="00FE697C">
-[...83 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="009F285B" w:rsidRPr="004F0B10" w14:paraId="397CC26A" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7C3D70" w14:textId="6EA81D16" w:rsidR="009F285B" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00966547">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8E98EE" w14:textId="428F8F34" w:rsidR="005C6B92" w:rsidRDefault="005C6B92" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011C73DB" w14:textId="6095A601" w:rsidR="005C6B92" w:rsidRPr="004F0B10" w:rsidRDefault="00966547" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="002F6271">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="321C6379" w14:textId="16F9912A" w:rsidR="00A26C7B" w:rsidRPr="0032797D" w:rsidRDefault="00B53CAD" w:rsidP="00F443E0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="395CEA4A" w14:textId="60493FBF" w:rsidR="001B2685" w:rsidRPr="0032797D" w:rsidRDefault="001B2685" w:rsidP="0032797D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5635368D" w14:textId="0B9DBB9A" w:rsidR="00F06248" w:rsidRDefault="002825F5" w:rsidP="00F06248">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading skill: understanding facts and details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C13B981" w14:textId="77777777" w:rsidR="00F06248" w:rsidRDefault="00F06248" w:rsidP="00F06248">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learning to learn: understanding large numbers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319B9A57" w14:textId="0E2C105A" w:rsidR="00CC696A" w:rsidRPr="00631785" w:rsidRDefault="00D33BFC" w:rsidP="00F06248">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESDC: </w:t>
+            </w:r>
+            <w:r w:rsidR="0024185C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">how do people and animals affect each other </w:t>
+            </w:r>
+            <w:r w:rsidR="00631449">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in the same habitat?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F285B" w:rsidRPr="004F0B10" w14:paraId="0D0279B1" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65560188" w14:textId="301E1FE6" w:rsidR="009F285B" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="009C05DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E63334D" w14:textId="2292D850" w:rsidR="002B7D1D" w:rsidRDefault="002B7D1D" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C6344C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3078">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023B28F0" w14:textId="51C7F219" w:rsidR="00C6344C" w:rsidRPr="004F0B10" w:rsidRDefault="00BB6608" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6344C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="001854BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="329E3D28" w14:textId="43909109" w:rsidR="009F285B" w:rsidRPr="004F0B10" w:rsidRDefault="00855D27" w:rsidP="001908A1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary: emergencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC9D60C" w14:textId="7DA0C6B5" w:rsidR="00713D15" w:rsidRPr="00F32B2D" w:rsidRDefault="004C3078" w:rsidP="004C3078">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Past Continuous with Past Simple</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1284D595" w14:textId="782A6E0F" w:rsidR="00C0113C" w:rsidRPr="006C194F" w:rsidRDefault="00F769C6" w:rsidP="006C194F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3078">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">alking about interrupted past </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">actions with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>when</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F285B" w:rsidRPr="004F0B10" w14:paraId="4EAE98F6" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F643E4C" w14:textId="10C4AE6C" w:rsidR="009F285B" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">– zna zasady tworzenia i użycia czasu </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00F824B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A86A833" w14:textId="65E6589E" w:rsidR="00751255" w:rsidRDefault="00751255" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB</w:t>
+            </w:r>
+            <w:r w:rsidR="00D558E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pg. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00973AF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3303367F" w14:textId="127E004C" w:rsidR="00D558E9" w:rsidRPr="004F0B10" w:rsidRDefault="001956C8" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00D558E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B pg. 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4E6CA6" w14:textId="3C3769C4" w:rsidR="00156FD5" w:rsidRPr="009D3494" w:rsidRDefault="00F40678" w:rsidP="003037D6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D3494">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">alarm, emergency, experiment, fire drill, fire engine, </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3494" w:rsidRPr="009D3494">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>smoke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2339ADA3" w14:textId="77777777" w:rsidR="009F05CB" w:rsidRPr="009F05CB" w:rsidRDefault="009F05CB" w:rsidP="009111E1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>interrupted past question form</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28A00BEA" w14:textId="77777777" w:rsidR="009B6F74" w:rsidRPr="009B6F74" w:rsidRDefault="009F05CB" w:rsidP="009111E1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Past Simple + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">while </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ </w:t>
+            </w:r>
+            <w:r w:rsidR="009B6F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Past Continuous</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E09997" w14:textId="2A1DFDE0" w:rsidR="00156FD5" w:rsidRPr="009111E1" w:rsidRDefault="009B6F74" w:rsidP="009111E1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...33 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Past Continuous + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">when </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>+ Past Simple</w:t>
+            </w:r>
+            <w:r w:rsidR="009111E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C128CC0" w14:textId="2F6AD792" w:rsidR="00C75D2C" w:rsidRPr="00C921C3" w:rsidRDefault="005D15EC" w:rsidP="00C921C3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>asking and answering questions about interrupted past activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F285B" w:rsidRPr="004F0B10" w14:paraId="30CCC724" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3611C989" w14:textId="14F95724" w:rsidR="009F285B" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="008C11D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C1046F2" w14:textId="3A514742" w:rsidR="00C40F54" w:rsidRDefault="00C40F54" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="006F0EC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F7058F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2EEED6" w14:textId="174BB27F" w:rsidR="006F0EC5" w:rsidRPr="004F0B10" w:rsidRDefault="008C11D7" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="006F0EC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44C1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F662EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728D3692" w14:textId="544206F2" w:rsidR="003E21FA" w:rsidRPr="0090449B" w:rsidRDefault="00ED5A22" w:rsidP="0090449B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lifeboat, life jacket, </w:t>
+            </w:r>
+            <w:r w:rsidR="005B22E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rescue boat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="486BCB74" w14:textId="77777777" w:rsidR="00ED5A22" w:rsidRPr="004F0B10" w:rsidRDefault="00ED5A22" w:rsidP="00ED5A22">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D2ABEA0" w14:textId="636F85C5" w:rsidR="00A016E9" w:rsidRPr="00A016E9" w:rsidRDefault="00A016E9" w:rsidP="00ED5A22">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7667C841" w14:textId="504B45D5" w:rsidR="00414AAB" w:rsidRDefault="00ED5A22" w:rsidP="005761E3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00F662EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nderstanding context from audio clues</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D7BA347" w14:textId="448C370E" w:rsidR="007E5323" w:rsidRDefault="007E5323" w:rsidP="005761E3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESDC: what can you do to help in an emergency?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E4B3A7" w14:textId="3BD38DE2" w:rsidR="0090449B" w:rsidRPr="00ED5A22" w:rsidRDefault="0090449B" w:rsidP="00ED5A22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F285B" w:rsidRPr="004F0B10" w14:paraId="16C14DA6" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25DC69A1" w14:textId="07E167E4" w:rsidR="009F285B" w:rsidRDefault="009F285B" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:r w:rsidR="00425DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66399035" w14:textId="0EA50E7E" w:rsidR="003422D6" w:rsidRDefault="003422D6" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg.</w:t>
+            </w:r>
+            <w:r w:rsidR="000621A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00620381">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14-</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66AE67B1" w14:textId="6960BD77" w:rsidR="003422D6" w:rsidRPr="004F0B10" w:rsidRDefault="00425DE0" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="003422D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00620381">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCCCEF6" w14:textId="787D516A" w:rsidR="001E7D0C" w:rsidRPr="004F0B10" w:rsidRDefault="00C91D3E" w:rsidP="00C91D3E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C34B469" w14:textId="77777777" w:rsidR="000A36D6" w:rsidRPr="004F0B10" w:rsidRDefault="000A36D6" w:rsidP="000A36D6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B2C8F28" w14:textId="0C3018D1" w:rsidR="00F3384F" w:rsidRPr="000A36D6" w:rsidRDefault="00F3384F" w:rsidP="000A36D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A43B7FC" w14:textId="77777777" w:rsidR="003E4C05" w:rsidRDefault="00620381" w:rsidP="000A36D6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing a</w:t>
+            </w:r>
+            <w:r w:rsidR="00503541">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00503541">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ewspaper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> article </w:t>
+            </w:r>
+            <w:r w:rsidR="00503541">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from notes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41571705" w14:textId="77777777" w:rsidR="00503541" w:rsidRDefault="00503541" w:rsidP="000A36D6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing direct speech</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="477CB890" w14:textId="0AE4B939" w:rsidR="00503541" w:rsidRPr="000A36D6" w:rsidRDefault="00E7379E" w:rsidP="000A36D6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">working with words: adjectives ending with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> i poprawnie je stosuje</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-ed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="383617DC" w14:textId="77777777" w:rsidTr="00FE697C">
-[...255 lines deleted...]
-            <w:r w:rsidRPr="001E69CE">
+      <w:tr w:rsidR="00B143FA" w:rsidRPr="004F0B10" w14:paraId="3DEFB221" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EC007B" w14:textId="7748A5E4" w:rsidR="00B143FA" w:rsidRDefault="00B143FA" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00876E9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67D6443E" w14:textId="0FA2A6AD" w:rsidR="00D96007" w:rsidRDefault="00D96007" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D4168C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6787F739" w14:textId="6FAA9518" w:rsidR="00D96007" w:rsidRPr="004F0B10" w:rsidRDefault="00876E9E" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00D96007">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B pg.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D4168C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E43E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7FADDC" w14:textId="4EECAFC5" w:rsidR="00A24007" w:rsidRPr="00A24007" w:rsidRDefault="00A24007" w:rsidP="00C91D3E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>explain, whisper</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56BBABBF" w14:textId="7F640E25" w:rsidR="00D96007" w:rsidRPr="00C91D3E" w:rsidRDefault="00C91D3E" w:rsidP="00C91D3E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66243A71" w14:textId="555BDBD6" w:rsidR="00B24B05" w:rsidRPr="004F0B10" w:rsidRDefault="00B24B05" w:rsidP="00AE7593">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3E2C3B" w14:textId="3D9A982A" w:rsidR="00D96007" w:rsidRPr="004F0B10" w:rsidRDefault="00AE7593" w:rsidP="00D96007">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recyc</w:t>
+            </w:r>
+            <w:r w:rsidR="000712C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>led</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E3011B" w14:textId="42606912" w:rsidR="00B24B05" w:rsidRPr="004F0B10" w:rsidRDefault="00B24B05" w:rsidP="00AE7593">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DAE2C8C" w14:textId="429C4085" w:rsidR="00C43EE8" w:rsidRPr="00B721E7" w:rsidRDefault="00A24007" w:rsidP="00B721E7">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>expressing feelings when speaking</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F3FD7" w:rsidRPr="004F0B10" w14:paraId="2DBF1448" w14:textId="77777777" w:rsidTr="005F4C58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BF1B88" w14:textId="645626CA" w:rsidR="005F3FD7" w:rsidRDefault="005F3FD7" w:rsidP="005F3FD7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A20D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7073E18B" w14:textId="1EDFD4CB" w:rsidR="005F3FD7" w:rsidRDefault="005F3FD7" w:rsidP="005F3FD7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A20D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4999C736" w14:textId="68EE1247" w:rsidR="005F3FD7" w:rsidRPr="004F0B10" w:rsidRDefault="00A20D18" w:rsidP="005F3FD7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="005F3FD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B pg. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C21192" w14:textId="77777777" w:rsidR="005218F3" w:rsidRPr="00C91D3E" w:rsidRDefault="005218F3" w:rsidP="005218F3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7C3185" w14:textId="29D69F4D" w:rsidR="005F3FD7" w:rsidRPr="005F3FD7" w:rsidRDefault="005F3FD7" w:rsidP="005F3FD7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A916A2" w14:textId="3C61523B" w:rsidR="005F3FD7" w:rsidRPr="005218F3" w:rsidRDefault="005218F3" w:rsidP="00E4637B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5684790E" w14:textId="68217B21" w:rsidR="005F3FD7" w:rsidRPr="004F0B10" w:rsidRDefault="005F3FD7" w:rsidP="005F3FD7">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="425316A5" w14:textId="4C0836B7" w:rsidR="005F3FD7" w:rsidRDefault="00871F95" w:rsidP="005F3FD7">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>applying thinking skills</w:t>
+            </w:r>
+            <w:r w:rsidR="005218F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: analysing a problem and reaching a decision</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332501B4" w14:textId="3CF007FB" w:rsidR="00AA4754" w:rsidRPr="004F0B10" w:rsidRDefault="00AA4754" w:rsidP="005F3FD7">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>optional</w:t>
+            </w:r>
+            <w:r w:rsidR="00351140">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/additional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: Unit 1 test</w:t>
+            </w:r>
+            <w:r w:rsidR="009967E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...104 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="72368200" w14:textId="77777777" w:rsidTr="00FE697C">
-[...1510 lines deleted...]
-              <w:t xml:space="preserve">UNIT 2 Who did it? </w:t>
+      <w:tr w:rsidR="003A223D" w:rsidRPr="004F0B10" w14:paraId="258D6B00" w14:textId="77777777" w:rsidTr="00343D5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138A405B" w14:textId="77777777" w:rsidR="003A223D" w:rsidRPr="00C57655" w:rsidRDefault="003A223D" w:rsidP="00343D5A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08AF9B81" w14:textId="0C3CEFF4" w:rsidR="0085394C" w:rsidRPr="00C57655" w:rsidRDefault="003A223D" w:rsidP="00343D5A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5453">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5453">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53ED4847" w14:textId="77777777" w:rsidR="003A223D" w:rsidRPr="00C57655" w:rsidRDefault="003A223D" w:rsidP="00343D5A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50FAB045" w14:textId="3C1465C8" w:rsidR="003A223D" w:rsidRPr="00C57655" w:rsidRDefault="003A223D" w:rsidP="00151B9B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A8496A" w14:textId="77777777" w:rsidR="00503E16" w:rsidRPr="00503E16" w:rsidRDefault="00503E16" w:rsidP="00503E16">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00503E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C493729" w14:textId="377034D9" w:rsidR="003A223D" w:rsidRPr="00C57655" w:rsidRDefault="003A223D" w:rsidP="00503E16">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD5EF8B" w14:textId="203A061B" w:rsidR="003A223D" w:rsidRPr="00C57655" w:rsidRDefault="003A223D" w:rsidP="00343D5A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="004849C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005A1C0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>traditional story</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45DF60B2" w14:textId="474C0F64" w:rsidR="003A223D" w:rsidRPr="00371C06" w:rsidRDefault="003A223D" w:rsidP="00371C06">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>developing reading fluency</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FF297C0" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="02464F59" w14:textId="77777777" w:rsidR="00EF14B0" w:rsidRDefault="00EF14B0" w:rsidP="009F285B">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C19DB8" w14:textId="76AAA7B9" w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w:rsidRDefault="004A5ABB" w:rsidP="009F285B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 2</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="26354138" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w14:paraId="7D6DEB73" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE4CE58" w14:textId="77777777" w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w:rsidRDefault="004A5ABB" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACCD16B" w14:textId="77777777" w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w:rsidRDefault="004A5ABB" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8AF2B4" w14:textId="3BE607A5" w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w:rsidRDefault="004A5ABB" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="538DAE8B" w14:textId="688CE342" w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w:rsidRDefault="004A788F" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">functions, </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5ABB" w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="038AEA94" w14:textId="77777777" w:rsidTr="00FE697C">
-[...162 lines deleted...]
-            <w:r w:rsidRPr="001E69CE">
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="0386F155" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BEAE65" w14:textId="59CF1A8B" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F352712" w14:textId="41E9DF78" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 22-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="552890DD" w14:textId="3F855601" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="095C737C" w14:textId="77777777" w:rsidR="001449DE" w:rsidRDefault="00D81176" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>atlas, borrow (borrowed), cassette player, diary, encyc</w:t>
+            </w:r>
+            <w:r w:rsidR="000B09E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="000B09E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">edia, </w:t>
+            </w:r>
+            <w:r w:rsidR="000B09E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">freezing, hot water bottle, office, phone box, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0454">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>remember (remembered)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104A5863" w14:textId="5B0474EF" w:rsidR="00AB0702" w:rsidRPr="00535CF4" w:rsidRDefault="00AB0702" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary: emergencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2D893D" w14:textId="6651BC25" w:rsidR="001449DE" w:rsidRPr="00A34713" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FA38BC" w14:textId="67B7841B" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading a </w:t>
+            </w:r>
+            <w:r w:rsidR="00D279C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>diary entry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02549FE6" w14:textId="01B8E86F" w:rsidR="001449DE" w:rsidRPr="00B721E7" w:rsidRDefault="001449DE" w:rsidP="00D279C4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00D279C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using photos to help understanding</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="3436A018" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE4F4E3" w14:textId="03616CFB" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C93A356" w14:textId="555B781C" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2493BA87" w14:textId="47E0564C" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD34546" w14:textId="628DF09D" w:rsidR="001449DE" w:rsidRPr="005B0F9F" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="518FE254" w14:textId="77777777" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A54A70D" w14:textId="7427BD6C" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00137611">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>inferring meaning and drawing conclusions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27138DE0" w14:textId="0C8B0059" w:rsidR="001449DE" w:rsidRPr="00436AB0" w:rsidRDefault="00137611" w:rsidP="00436AB0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">working with words: </w:t>
+            </w:r>
+            <w:r w:rsidR="00436AB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>making nouns from verbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="22AA385E" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2704F77D" w14:textId="11C638B6" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569A06F3" w14:textId="201D4A9F" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 2</w:t>
+            </w:r>
+            <w:r w:rsidR="007F3742">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CEE9CA0" w14:textId="19BA14D2" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>WB pg. 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EC847E" w14:textId="2229C8BE" w:rsidR="001449DE" w:rsidRPr="005C55E6" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>recycled vocabulary: emergencies</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5657">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, the past</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A388B9" w14:textId="0D77B11D" w:rsidR="001449DE" w:rsidRPr="00582386" w:rsidRDefault="007F3742" w:rsidP="007F3742">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A43F0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>used to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D63A3">
-[...122 lines deleted...]
-            <w:r w:rsidRPr="001E69CE">
+            <w:r w:rsidR="00A43F0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>– affirmative and negative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2842B86F" w14:textId="48635EEE" w:rsidR="001449DE" w:rsidRPr="00860FC7" w:rsidRDefault="00A43F0D" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">used to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C90623">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C90623">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D63A3">
-[...8 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="001449DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ta</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90623">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lk</w:t>
+            </w:r>
+            <w:r w:rsidR="001449DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> about </w:t>
+            </w:r>
+            <w:r w:rsidR="00C90623">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>past habits and situations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="0CF2A1A9" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB30ECA" w14:textId="7152C5E2" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="393ABBFE" w14:textId="49D6F387" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774130E8" w14:textId="6FDCB51A" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C79EF71" w14:textId="77777777" w:rsidR="001449DE" w:rsidRDefault="000B2C06" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">calculator, carpet, cottage, history, servants, </w:t>
+            </w:r>
+            <w:r w:rsidR="008A14F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vacuum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFE2E6B" w14:textId="658FAED6" w:rsidR="008A14F8" w:rsidRPr="003F6068" w:rsidRDefault="008A14F8" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary: the past</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="646D8CD4" w14:textId="30BEE866" w:rsidR="001449DE" w:rsidRPr="00696444" w:rsidRDefault="000B2C06" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">questions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>used to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="566C1F1E" w14:textId="014AB3E0" w:rsidR="001449DE" w:rsidRPr="00464D0D" w:rsidRDefault="001449DE" w:rsidP="00464D0D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asking and answering questions </w:t>
+            </w:r>
+            <w:r w:rsidR="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidR="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>used to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="220A09D8" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D5A9C2" w14:textId="4185DBFC" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3B1A7D" w14:textId="2E2E36B9" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00020AF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5330891D" w14:textId="35FC51BB" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 22</w:t>
+            </w:r>
+            <w:r w:rsidR="00020AF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE9AE4F" w14:textId="5330AF2F" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="009D2EAB" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>guide, in those days, kilometre, oil lamp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609A18FC" w14:textId="77777777" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33599496" w14:textId="53CFA92E" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12BD5C22" w14:textId="1E91D0E3" w:rsidR="001449DE" w:rsidRDefault="007831AE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2EAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>istening for specific information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05843D00" w14:textId="20E0F753" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESDC: can </w:t>
+            </w:r>
+            <w:r w:rsidR="007831AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>all children go to school</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31BFB185" w14:textId="2BF52693" w:rsidR="001449DE" w:rsidRPr="00647BC5" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="47D92D99" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B58797E" w14:textId="3C6F9579" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4075D575" w14:textId="139AFA57" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D63F6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="762864BA" w14:textId="01E8F6DB" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 23</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16535">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDB96EA" w14:textId="4C0270C8" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61963B3C" w14:textId="77777777" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79A647F1" w14:textId="14AD90BC" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="00E74725">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6B5CD0" w14:textId="5FA48AAB" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">writing a </w:t>
+            </w:r>
+            <w:r w:rsidR="00D63F6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>diary entry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D4869B" w14:textId="1FCBB22F" w:rsidR="001449DE" w:rsidRDefault="00D63F6C" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognising features of informal writing</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D24CCFF" w14:textId="1F1DF732" w:rsidR="001449DE" w:rsidRPr="0081690B" w:rsidRDefault="0081690B" w:rsidP="0081690B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learning to learn: memorising new vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="0B9AC487" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="127AB758" w14:textId="05B05D8B" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C57B56E" w14:textId="2708BE98" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B7340D" w14:textId="3FE8A4A7" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WP pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00051836">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B03D0BD" w14:textId="1B86684B" w:rsidR="001449DE" w:rsidRPr="00A24007" w:rsidRDefault="00F93A99" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>communicate, 21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F93A99">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> century</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6BC9B0" w14:textId="77777777" w:rsidR="001449DE" w:rsidRPr="00C91D3E" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C54BF06" w14:textId="7F2C213B" w:rsidR="001449DE" w:rsidRPr="00E51FC2" w:rsidRDefault="001449DE" w:rsidP="00F93A99">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447EDA21" w14:textId="77777777" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493352D6" w14:textId="0E25356A" w:rsidR="001449DE" w:rsidRPr="00E33B84" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FD730A" w14:textId="01C3BF63" w:rsidR="001449DE" w:rsidRDefault="00F93A99" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00377585">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>iving a talk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31C71B8E" w14:textId="77777777" w:rsidR="00F93A99" w:rsidRDefault="00F93A99" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>clarifying information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF26F0B" w14:textId="659879E1" w:rsidR="00F643E7" w:rsidRPr="004F0B10" w:rsidRDefault="00F643E7" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESDC: how can our community be a better place in the future?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001449DE" w:rsidRPr="004F0B10" w14:paraId="74703165" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BFF425" w14:textId="7E18F245" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CDD915B" w14:textId="0E0FEDB9" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B72261D" w14:textId="70B53128" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 26-27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28448BEF" w14:textId="77777777" w:rsidR="001449DE" w:rsidRPr="00C91D3E" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5CB30D" w14:textId="50D5770A" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="00C80262">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D364D58" w14:textId="77777777" w:rsidR="001449DE" w:rsidRPr="005218F3" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0830DD" w14:textId="68B9065F" w:rsidR="001449DE" w:rsidRPr="00F20A76" w:rsidRDefault="001449DE" w:rsidP="00F20A76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="480E4C6B" w14:textId="15163220" w:rsidR="001449DE" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: analysing </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80262">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and evaluating information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6283C6D8" w14:textId="641563B7" w:rsidR="001449DE" w:rsidRPr="004F0B10" w:rsidRDefault="001449DE" w:rsidP="001449DE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit </w:t>
+            </w:r>
+            <w:r w:rsidR="003E7424">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w14:paraId="1FF80059" w14:textId="77777777" w:rsidTr="008731E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A41F73E" w14:textId="0BF75BDB" w:rsidR="004A5ABB" w:rsidRPr="006C38B8" w:rsidRDefault="006E3741" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C38B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Review 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F23E33C" w14:textId="643F81EA" w:rsidR="009331C4" w:rsidRPr="004F0B10" w:rsidRDefault="009331C4" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C38B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="006A59E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="00846410">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED12BDE" w14:textId="53F4F10F" w:rsidR="0024651F" w:rsidRPr="004F0B10" w:rsidRDefault="00C13E17" w:rsidP="00C13E17">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>re</w:t>
+            </w:r>
+            <w:r w:rsidR="00433C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>viewing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="006A59E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from Units 1 and 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447F6D1B" w14:textId="6031661C" w:rsidR="00CE0F25" w:rsidRPr="004F0B10" w:rsidRDefault="00C13E17" w:rsidP="00CE0F25">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE0F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="004204E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>viewing grammar from Units 1 and 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC7D083" w14:textId="3C0E0150" w:rsidR="006B6663" w:rsidRDefault="008E3F53" w:rsidP="00BF5516">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing grammar</w:t>
+            </w:r>
+            <w:r w:rsidR="006A59E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vocabulary </w:t>
+            </w:r>
+            <w:r w:rsidR="0093501C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from Units 1 and 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139CF9D7" w14:textId="77777777" w:rsidR="009657AC" w:rsidRDefault="0093501C" w:rsidP="007D29A5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CYLE: A</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D63A3">
-[...927 lines deleted...]
-            <w:r w:rsidRPr="001E69CE">
+            <w:r w:rsidR="00BA6B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flye</w:t>
+            </w:r>
+            <w:r w:rsidR="006A59E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...1143 lines deleted...]
-              <w:t>UNIT 3 Universal language</w:t>
+            <w:r w:rsidR="008019AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading and Writing</w:t>
+            </w:r>
+            <w:r w:rsidR="00346CA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00192762">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00346CA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Speaking Part </w:t>
+            </w:r>
+            <w:r w:rsidR="008B6ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55A116E4" w14:textId="2A5FC71A" w:rsidR="003679F4" w:rsidRPr="007D29A5" w:rsidRDefault="003679F4" w:rsidP="007D29A5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognising and evaluating own progress</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17DC7F52" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="760255F0" w14:textId="77777777" w:rsidR="00EF14B0" w:rsidRDefault="00EF14B0" w:rsidP="009F285B">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A5E4E0A" w14:textId="45A81415" w:rsidR="004A5ABB" w:rsidRPr="004F0B10" w:rsidRDefault="004A788F" w:rsidP="009F285B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 3</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="329FB519" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="004A788F" w:rsidRPr="004F0B10" w14:paraId="0F12273B" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF27274" w14:textId="77777777" w:rsidR="004A788F" w:rsidRPr="004F0B10" w:rsidRDefault="004A788F" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="591DC200" w14:textId="77777777" w:rsidR="004A788F" w:rsidRPr="004F0B10" w:rsidRDefault="004A788F" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A86F8F" w14:textId="5F2860D8" w:rsidR="004A788F" w:rsidRPr="004F0B10" w:rsidRDefault="004A788F" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CCC0EE" w14:textId="02D3917D" w:rsidR="004A788F" w:rsidRPr="004F0B10" w:rsidRDefault="00CC09DD" w:rsidP="001908A1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">functions, </w:t>
+            </w:r>
+            <w:r w:rsidR="004A788F" w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="3014D2FC" w14:textId="77777777" w:rsidTr="00FE697C">
-[...376 lines deleted...]
-              <w:t>PAŃSTWO I SPOŁECZEŃSTWO: zjawiska społeczne</w:t>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="3CB1919F" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6C84CC" w14:textId="424DBE32" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2F7108" w14:textId="1A458645" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50102176" w14:textId="7DEBFEF1" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E098E4" w14:textId="1B695BB1" w:rsidR="00FF3661" w:rsidRPr="001941A7" w:rsidRDefault="002E7074" w:rsidP="001941A7">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00E059B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dventure, beautiful, brilliant, great, heights, incredible, landscape, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>scenery, view, wildlife</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64562151" w14:textId="7A94414E" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B46BC9" w14:textId="74EDDA1E" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading a </w:t>
+            </w:r>
+            <w:r w:rsidR="002021EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>webpage</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C64A8ED" w14:textId="339781FE" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="003D6389">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>making predictions to understand a text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="1042CEDD" w14:textId="77777777" w:rsidTr="00FE697C">
-[...67 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="05C4B5CC" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032C4E9E" w14:textId="71B762B3" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="747AB5F1" w14:textId="7AE508F8" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 36</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D0AC4F" w14:textId="5E5954A7" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="620F472B" w14:textId="576C1076" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2A19AE" w14:textId="2697EC0C" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5F43A9" w14:textId="6813A062" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="005A7235">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>differentiating between fact and opinion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA2347E" w14:textId="5DD705A1" w:rsidR="00FF3661" w:rsidRPr="00B059A8" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">working with words: </w:t>
+            </w:r>
+            <w:r w:rsidR="005A7235">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using extreme adjectives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="54DA2D0F" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F119C90" w14:textId="7229DB68" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BCA3A60" w14:textId="1BE62B08" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00F778E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74796640" w14:textId="3764CB71" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70549BEF" w14:textId="2F8D9397" w:rsidR="00FF3661" w:rsidRPr="00EA4DB9" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary:</w:t>
+            </w:r>
+            <w:r w:rsidR="00510645">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> outdoor activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EF153C" w14:textId="6F7019A4" w:rsidR="00FF3661" w:rsidRPr="00C071B5" w:rsidRDefault="00C071B5" w:rsidP="00C071B5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C071B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Present Perfect </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C071B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">affirmative, negative with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>never</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="070E90EB" w14:textId="1A7E21E1" w:rsidR="00FF3661" w:rsidRPr="004624AD" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="00F778E9" w:rsidRPr="00F778E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Present Perfect</w:t>
+            </w:r>
+            <w:r w:rsidR="00F778E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F778E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to talk about experiences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="5649119E" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FEA660" w14:textId="26D73157" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="590F4C2A" w14:textId="0FF9BBFA" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00544706">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4677C1D3" w14:textId="7ECB8867" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F9982E" w14:textId="087064A1" w:rsidR="00FF3661" w:rsidRDefault="006D1102" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">camp, compass, </w:t>
+            </w:r>
+            <w:r w:rsidR="00756B8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>put up (a tent), rucksack, sleeping bag</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EB22A6E" w14:textId="1869F2C6" w:rsidR="00FF3661" w:rsidRPr="0063699B" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A807D6" w14:textId="0422EB46" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="006D1102" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Present Perfect</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ever</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1427CF51" w14:textId="3E1CFD79" w:rsidR="00FF3661" w:rsidRPr="000111C5" w:rsidRDefault="007D5284" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using Present Perfect</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF3661" w:rsidRPr="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF3661">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...48 lines deleted...]
-              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ever </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1102">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ask and answer about experiences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="51BCC5B3" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA50AF7" w14:textId="5574B821" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75923B9A" w14:textId="3957506C" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C93448">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00E7914C" w14:textId="0462B06B" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBDAFEE" w14:textId="1A70DFE4" w:rsidR="00FF3661" w:rsidRPr="000D522E" w:rsidRDefault="00081E64" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...42 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...30 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bite (bit), </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30F70">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>delicious, explorer, horrible, mosquito, strange</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E131474" w14:textId="0B9D5DAD" w:rsidR="00FF3661" w:rsidRPr="00D13754" w:rsidRDefault="00FF3661" w:rsidP="00D13754">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E580E5" w14:textId="5F74E6FC" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>listening for s</w:t>
+            </w:r>
+            <w:r w:rsidR="00081E64">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>imilarities and differences</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D048706" w14:textId="081BDF42" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00D13754" w:rsidP="00801F4E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESDC: what can you learn about other cultures </w:t>
+            </w:r>
+            <w:r w:rsidR="00801F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>when you travel to new places?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="57D9B85D" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="275190F4" w14:textId="73F3DD12" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34CEAC42" w14:textId="2C564E6B" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00801F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C450646" w14:textId="54F79808" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 33</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3447">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0EA0C4" w14:textId="668EAC09" w:rsidR="00FF3661" w:rsidRPr="00875469" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF45281" w14:textId="77777777" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F3A6A46" w14:textId="0A6AC42B" w:rsidR="00FF3661" w:rsidRPr="006C5007" w:rsidRDefault="00FF3661" w:rsidP="00E74725">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E89020" w14:textId="4E51D1B0" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">writing a </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF744E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>webpage section</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65EDEF3E" w14:textId="23B02DBC" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recognising features of </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16654">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a webpage</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F0BEEED" w14:textId="522F3796" w:rsidR="00FF3661" w:rsidRPr="00CF0E48" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">learning to learn: </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF744E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using a mind map to plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="6698897B" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCB0544" w14:textId="746D867E" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7987CC51" w14:textId="68827D8F" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C93CB3" w14:textId="507F545B" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 3</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEEFE3F" w14:textId="5ECCA9BF" w:rsidR="00FF3661" w:rsidRPr="00A24007" w:rsidRDefault="00FE60EE" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>act, coach, first aid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A2A61CA" w14:textId="67F7E20C" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FE60EE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE60EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: outdoor activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71320473" w14:textId="77777777" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F65627" w14:textId="6C32BAB8" w:rsidR="00FF3661" w:rsidRPr="001E30D4" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B963D04" w14:textId="3C73F2CC" w:rsidR="00FF3661" w:rsidRDefault="008C5AB2" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>doing an interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2353F2DB" w14:textId="65B47719" w:rsidR="00FF3661" w:rsidRPr="006E4D6B" w:rsidRDefault="00FE60EE" w:rsidP="006E4D6B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>listening and showing interest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF3661" w:rsidRPr="004F0B10" w14:paraId="3DD28F59" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FB72FE" w14:textId="39A62C2B" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A87193D" w14:textId="538B86C3" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 43</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6025A9C6" w14:textId="2658FAFA" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 36-37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F0FA31" w14:textId="77777777" w:rsidR="00FF3661" w:rsidRPr="00C91D3E" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...137 lines deleted...]
-              <w:t xml:space="preserve"> i poprawnie stosuje je w zdaniach</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FEEF2DD" w14:textId="306F3FD7" w:rsidR="00FF3661" w:rsidRPr="004F0B10" w:rsidRDefault="00FF3661" w:rsidP="00975139">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAA7D39" w14:textId="77777777" w:rsidR="00FF3661" w:rsidRPr="005218F3" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CE7CB46" w14:textId="55BAF088" w:rsidR="00FF3661" w:rsidRPr="00790ED9" w:rsidRDefault="00FF3661" w:rsidP="00975139">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D48A40" w14:textId="4A621E99" w:rsidR="00FF3661" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: </w:t>
+            </w:r>
+            <w:r w:rsidR="00975139">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reaching a decision through logical reasoning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="536DFEBE" w14:textId="0145C95B" w:rsidR="00FF3661" w:rsidRPr="00790ED9" w:rsidRDefault="00FF3661" w:rsidP="00FF3661">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit </w:t>
+            </w:r>
+            <w:r w:rsidR="00975139">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="2785FB5A" w14:textId="77777777" w:rsidTr="00FE697C">
-[...1804 lines deleted...]
-              <w:t>UNIT 4 Health watch</w:t>
+      <w:tr w:rsidR="00CC09DD" w:rsidRPr="004F0B10" w14:paraId="0AEAC037" w14:textId="77777777" w:rsidTr="007C5F11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB2F1C3" w14:textId="530B609F" w:rsidR="00CC09DD" w:rsidRPr="00C57655" w:rsidRDefault="00810E57" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reading </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB128E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A10947C" w14:textId="1857549D" w:rsidR="00B45497" w:rsidRPr="00C57655" w:rsidRDefault="00375664" w:rsidP="001908A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB128E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4-4</w:t>
+            </w:r>
+            <w:r w:rsidR="00560996">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC3193E" w14:textId="77777777" w:rsidR="001908A1" w:rsidRPr="00C57655" w:rsidRDefault="000C6A94" w:rsidP="00375664">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="491D3236" w14:textId="37C0FA7B" w:rsidR="00FF45EC" w:rsidRPr="00A15AAB" w:rsidRDefault="00FF45EC" w:rsidP="00A15AAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="001C214E" w14:textId="2A341901" w:rsidR="002E2A93" w:rsidRPr="00C57655" w:rsidRDefault="00FF45EC" w:rsidP="001908A1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="700FB91B" w14:textId="728B007D" w:rsidR="00934BAC" w:rsidRPr="00C57655" w:rsidRDefault="0026450C" w:rsidP="001908A1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading </w:t>
+            </w:r>
+            <w:r w:rsidR="00790D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5F16">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n adventure story</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52365F16" w14:textId="754DBAEE" w:rsidR="00791BA5" w:rsidRPr="008B47CB" w:rsidRDefault="0026450C" w:rsidP="008B47CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>developing reading fluency</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22AFB72A" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="4C5BBE28" w14:textId="77777777" w:rsidR="002563B3" w:rsidRDefault="002563B3" w:rsidP="009F285B">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3009636F" w14:textId="726BB33F" w:rsidR="00333F59" w:rsidRPr="004F0B10" w:rsidRDefault="00333F59" w:rsidP="009F285B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 4</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="4C5B0EF8" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00196CA3" w:rsidRPr="004F0B10" w14:paraId="7E083AE7" w14:textId="77777777" w:rsidTr="00502D4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D12E359" w14:textId="77777777" w:rsidR="00196CA3" w:rsidRPr="004F0B10" w:rsidRDefault="00196CA3" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A887ED" w14:textId="77777777" w:rsidR="00196CA3" w:rsidRPr="004F0B10" w:rsidRDefault="00196CA3" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04736A97" w14:textId="77777777" w:rsidR="00196CA3" w:rsidRPr="004F0B10" w:rsidRDefault="00196CA3" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACCCE03" w14:textId="77777777" w:rsidR="00196CA3" w:rsidRPr="004F0B10" w:rsidRDefault="00196CA3" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functions, competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="09FF6CA5" w14:textId="77777777" w:rsidTr="00440102">
-[...298 lines deleted...]
-              <w:t>NAUKA I TECHNIKA: korzystanie z technologii informacyjno-komunikacyjnych</w:t>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="6CE90FE1" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE11AB5" w14:textId="664767AF" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75CA5869" w14:textId="0591C5CF" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 48-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EAE98FF" w14:textId="31B43835" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B305B5C" w14:textId="3B7FD7EB" w:rsidR="00BF7AB3" w:rsidRPr="00A316F8" w:rsidRDefault="00CB38A6" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">challenging, coder, environmental, factory, </w:t>
+            </w:r>
+            <w:r w:rsidR="00205377">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>interested in, litter, rewarding, safe, special effects, university</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7698A2FA" w14:textId="77777777" w:rsidR="00BF7AB3" w:rsidRPr="00C071F4" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C91AC0" w14:textId="107D73A6" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading a </w:t>
+            </w:r>
+            <w:r w:rsidR="00372386">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>magazine article</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2682399D" w14:textId="704A45AD" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: making predictions to </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB38A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">help </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>understan</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB38A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ding</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="25E6662D" w14:textId="77777777" w:rsidTr="00FE697C">
-[...83 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="5AFC051E" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44130E65" w14:textId="62ECE757" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A1C02A6" w14:textId="70E21511" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 50</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F9E5880" w14:textId="0C283EBC" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2481CD81" w14:textId="4487B6DE" w:rsidR="00BF7AB3" w:rsidRPr="00AA692C" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...17 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6CEF29" w14:textId="6561A2D4" w:rsidR="00BF7AB3" w:rsidRPr="00846F14" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6776FE05" w14:textId="093423E0" w:rsidR="00BF7AB3" w:rsidRPr="00D67DEB" w:rsidRDefault="00BF7AB3" w:rsidP="007B6206">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading skill</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and learning to learn: scanning for </w:t>
+            </w:r>
+            <w:r w:rsidR="007B6206">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>specific information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="374855D1" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="115D410B" w14:textId="006D1D83" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4195011D" w14:textId="003F9831" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00A04CA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C587F45" w14:textId="3D88D616" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B410C2" w14:textId="234AAFA4" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recycled vocabulary: </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED19FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the world of work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F21115" w14:textId="0C169380" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00A04CA0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C071B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Present Perfect </w:t>
+            </w:r>
+            <w:r w:rsidR="00991663">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5023C" w:rsidRPr="00D5023C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="00991663" w:rsidRPr="00991663">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ow long?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="613C1BBD" w14:textId="4E440EA9" w:rsidR="00991663" w:rsidRPr="00991663" w:rsidRDefault="00991663" w:rsidP="00A04CA0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00991663">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>since / for</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7369A769" w14:textId="275DE673" w:rsidR="00BF7AB3" w:rsidRPr="009548BD" w:rsidRDefault="00D5023C" w:rsidP="009548BD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asking questions with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5023C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00991663">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ow long?</w:t>
+            </w:r>
+            <w:r w:rsidR="009548BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidR="009548BD" w:rsidRPr="00F778E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Present Perfect</w:t>
+            </w:r>
+            <w:r w:rsidR="009548BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with </w:t>
+            </w:r>
+            <w:r w:rsidR="009548BD" w:rsidRPr="00991663">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>since / for</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="68A1D01F" w14:textId="77777777" w:rsidTr="00502D4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8E1583" w14:textId="5DFBD8D4" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4BFBB4" w14:textId="58366D30" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA0A81">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55225AF3" w14:textId="4234E3E3" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECF15AF" w14:textId="13835918" w:rsidR="00BF7AB3" w:rsidRDefault="00510BD9" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">canteen, cloakroom, </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0CE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gym, locker</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22080A0D" w14:textId="497FC366" w:rsidR="00BF7AB3" w:rsidRPr="00521562" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29764C2C" w14:textId="2880EC4A" w:rsidR="00BF7AB3" w:rsidRPr="007405DE" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Present Perfect</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidR="00325475" w:rsidRPr="00325475">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>already</w:t>
+            </w:r>
+            <w:r w:rsidR="00325475">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00325475" w:rsidRPr="00325475">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A54F758" w14:textId="0897DCC7" w:rsidR="00BF7AB3" w:rsidRPr="009F67EC" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using Present Perfect</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00464D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidR="00325475">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>alre</w:t>
+            </w:r>
+            <w:r w:rsidR="005F74EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00325475">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dy </w:t>
+            </w:r>
+            <w:r w:rsidR="005F74EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="005F74EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="6086EA9E" w14:textId="77777777" w:rsidTr="00502D4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A13A3AE" w14:textId="5663E18A" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2555B4" w14:textId="4A343CAA" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 5</w:t>
+            </w:r>
+            <w:r w:rsidR="005E29A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F192A6D" w14:textId="7CB7696C" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 42</w:t>
+            </w:r>
+            <w:r w:rsidR="005E29A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058E55B4" w14:textId="0D8A45D8" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BE4C11" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">flavour, freeze, </w:t>
+            </w:r>
+            <w:r w:rsidR="00872A47">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>spit, spoon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C1FC8B" w14:textId="1D55C8B9" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BE4C11">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FC9903" w14:textId="1BBA147E" w:rsidR="00BF7AB3" w:rsidRPr="00872A47" w:rsidRDefault="00BF7AB3" w:rsidP="00872A47">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>listening for s</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>equenc</w:t>
+            </w:r>
+            <w:r w:rsidR="00872A47">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="545466F1" w14:textId="77777777" w:rsidTr="00502D4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D7E70E" w14:textId="00CDBD09" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E25411" w14:textId="0D19F603" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00966E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>54-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E3AA22" w14:textId="788D266F" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 43</w:t>
+            </w:r>
+            <w:r w:rsidR="00966E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6302A20E" w14:textId="3496F1F3" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DCCCA00" w14:textId="77777777" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14403791" w14:textId="5118B05D" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="214897D1" w14:textId="608801A0" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing a</w:t>
+            </w:r>
+            <w:r w:rsidR="00966E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n article</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F4FDEC" w14:textId="13E179F4" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>re</w:t>
+            </w:r>
+            <w:r w:rsidR="00402388">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>viewing and editing your work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30E31D26" w14:textId="77777777" w:rsidR="00477722" w:rsidRDefault="00402388" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">working with words: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>make</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742897CC" w14:textId="64D8B417" w:rsidR="00BF7AB3" w:rsidRPr="004F2888" w:rsidRDefault="00477722" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESDC: what other jobs can help communities?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="369E1490" w14:textId="77777777" w:rsidTr="00502D4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="244BC39A" w14:textId="7C137F0B" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F72C26" w14:textId="6BE06237" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 56</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0950604E" w14:textId="0B470F41" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00F63AEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B08DEB6" w14:textId="415AD587" w:rsidR="00BF7AB3" w:rsidRPr="00A24007" w:rsidRDefault="00D16BA8" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>battery, gardening, polite</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8B344D" w14:textId="5E5986E5" w:rsidR="00BF7AB3" w:rsidRPr="00552DF7" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325566DD" w14:textId="77777777" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56624F01" w14:textId="75AE1480" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="006E1231">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11580993" w14:textId="4DFA6EAA" w:rsidR="00BF7AB3" w:rsidRDefault="006E1231" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>apologising</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="147DBBE6" w14:textId="24579A40" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="006E1231" w:rsidP="006E1231">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>making and accepting offers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w14:paraId="556A8154" w14:textId="77777777" w:rsidTr="00502D4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C24EAF" w14:textId="6ABDC085" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCC653F" w14:textId="55D679B9" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 57</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037B588D" w14:textId="491122C5" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 46-47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C4C3A1" w14:textId="77777777" w:rsidR="00BF7AB3" w:rsidRPr="00C91D3E" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E00C61B" w14:textId="72FE02F7" w:rsidR="00BF7AB3" w:rsidRPr="00401CBC" w:rsidRDefault="00BF7AB3" w:rsidP="00C40F87">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC27016" w14:textId="77777777" w:rsidR="00BF7AB3" w:rsidRPr="005218F3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EBCCC14" w14:textId="3891C1BE" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CAC811" w14:textId="31494EF2" w:rsidR="00BF7AB3" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C40F87">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>coding and decoding information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BEE0609" w14:textId="0C32C303" w:rsidR="00BF7AB3" w:rsidRPr="004F0B10" w:rsidRDefault="00BF7AB3" w:rsidP="00BF7AB3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit 4 test </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00333F59" w:rsidRPr="004F0B10" w14:paraId="58F56855" w14:textId="77777777" w:rsidTr="00502D4A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="121F3328" w14:textId="7BBA1E07" w:rsidR="00333F59" w:rsidRDefault="008A24DC" w:rsidP="00852373">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Review 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1011E717" w14:textId="67A7F792" w:rsidR="009561E2" w:rsidRPr="004F0B10" w:rsidRDefault="009561E2" w:rsidP="00852373">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 5</w:t>
+            </w:r>
+            <w:r w:rsidR="0086754F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00283067">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DB0538" w14:textId="0D98D504" w:rsidR="00ED4969" w:rsidRPr="004F0B10" w:rsidRDefault="004D229D" w:rsidP="004D27BE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="0086754F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003732E4" w:rsidRPr="00C558D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from Units 3 and 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0264011A" w14:textId="1C8313C1" w:rsidR="00E42D98" w:rsidRPr="00C558D2" w:rsidRDefault="00C558D2" w:rsidP="004D27BE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C558D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing grammar from Units 3 and 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D6F501" w14:textId="6ECC9B2E" w:rsidR="00ED4969" w:rsidRDefault="00713DFF" w:rsidP="00852373">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="009E2BAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grammar</w:t>
+            </w:r>
+            <w:r w:rsidR="004D229D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from Units 3 and 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="467F7EE6" w14:textId="77777777" w:rsidR="009657AC" w:rsidRDefault="008F39C2" w:rsidP="008D50C3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CYLE: A</w:t>
+            </w:r>
+            <w:r w:rsidR="00644843">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00644843">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ers, </w:t>
+            </w:r>
+            <w:r w:rsidR="00644843">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Listening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00644843">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...1988 lines deleted...]
-              <w:t>UNIT 5 TV addicts</w:t>
+            <w:r w:rsidR="003732E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Speaking</w:t>
+            </w:r>
+            <w:r w:rsidR="00745C91">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="008D50C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518AE80F" w14:textId="092CAA3A" w:rsidR="007379BD" w:rsidRPr="008D50C3" w:rsidRDefault="007379BD" w:rsidP="008D50C3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognising and evaluating own progress</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4191EF5F" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="719441C0" w14:textId="77777777" w:rsidR="005E29A7" w:rsidRDefault="005E29A7" w:rsidP="009F285B">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1312B324" w14:textId="2C05B241" w:rsidR="00333F59" w:rsidRPr="004F0B10" w:rsidRDefault="003A3005" w:rsidP="009F285B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 5</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="3B5BC610" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00331560" w:rsidRPr="004F0B10" w14:paraId="4939E83A" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC72A23" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA84BB7" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266DA4DE" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="575A9603" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functions, competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="5E4E2CE4" w14:textId="77777777" w:rsidTr="00FE697C">
-[...242 lines deleted...]
-              <w:t>KULTURA: dziedziny kultury, twórcy i ich dzieła, media</w:t>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="7A1BD89A" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383FA9A1" w14:textId="747EE908" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E7046C1" w14:textId="7D83E18A" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 60-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D1B24A" w14:textId="773693E8" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB19A80" w14:textId="007CF670" w:rsidR="00533655" w:rsidRPr="00E97132" w:rsidRDefault="004B5068" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00422E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ackwards, forwards, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hug (hugged), lift (lifted), old-fashioned, </w:t>
+            </w:r>
+            <w:r w:rsidR="00216BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pedal (pedalled), polluted, skyscraper, virtual, workshop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3780DD45" w14:textId="7F0AD25D" w:rsidR="00533655" w:rsidRPr="00392DDC" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE73C62" w14:textId="406BBF49" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading a </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2712A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>science fiction story</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65B55F74" w14:textId="008733D4" w:rsidR="00533655" w:rsidRPr="00132D7A" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00422E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>identifying the main theme of a story</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="3EB3E227" w14:textId="77777777" w:rsidTr="00FE697C">
-[...119 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="3EE84E8E" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0805144B" w14:textId="41F9F205" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FE10AA9" w14:textId="3699AD05" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 62</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F2415EF" w14:textId="50074B07" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D5D95F" w14:textId="38CBD200" w:rsidR="00533655" w:rsidRPr="001C01F5" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1101002F" w14:textId="0DFCC3CB" w:rsidR="00533655" w:rsidRPr="00122686" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01209681" w14:textId="77777777" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="0070181E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>inferring meaning from a text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EFBDA09" w14:textId="3D8113BA" w:rsidR="0070181E" w:rsidRPr="00BE20B9" w:rsidRDefault="0070181E" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>working with words: suffixes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="2EFF45EE" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2640FF05" w14:textId="30CBE139" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02840EB3" w14:textId="64C52D25" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56B89">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="711A7BC5" w14:textId="095505BB" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="200B1AC5" w14:textId="75DA653B" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recycled vocabulary: </w:t>
+            </w:r>
+            <w:r w:rsidR="00A60004">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>travel and transport</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D1B97E" w14:textId="1AB89672" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00DE7815" w:rsidP="00DE7815">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">comparisons: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A60004">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>just as…as / not as…as</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1C4E93" w14:textId="1C5C25E4" w:rsidR="00533655" w:rsidRPr="00201B84" w:rsidRDefault="00C6293B" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C6293B">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>just as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C6293B">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>not as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to compare things</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="00B01786" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02658788" w14:textId="65DC2DBE" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F1DF0CB" w14:textId="0A84C203" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 6</w:t>
+            </w:r>
+            <w:r w:rsidR="0050339A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122A7DDA" w14:textId="099DBA5D" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056212DE" w14:textId="0F52C905" w:rsidR="00533655" w:rsidRDefault="008F4001" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...73 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>crowded, cycle path, fit, travel card</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD9278E" w14:textId="4494653B" w:rsidR="00533655" w:rsidRPr="00B76564" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4001">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: travel and transport</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="255AF11E" w14:textId="53720020" w:rsidR="00533655" w:rsidRPr="00F465DF" w:rsidRDefault="00F815BA" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">too </w:t>
+            </w:r>
+            <w:r w:rsidR="00533655">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F815BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>not enough</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF93D42" w14:textId="7A7FDFC7" w:rsidR="00533655" w:rsidRPr="00683153" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">too </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70A0C" w:rsidRPr="00F815BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>-ing</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>not enough</w:t>
+            </w:r>
+            <w:r w:rsidR="00E70A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to say something is more or less </w:t>
+            </w:r>
+            <w:r w:rsidR="00652D56">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>than you would like</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="51F74895" w14:textId="77777777" w:rsidTr="00FE697C">
-[...292 lines deleted...]
-              <w:t>– rozróżnia formalny i nieformalny styl wypowiedzi</w:t>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="0987AAF9" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BBA0EE" w14:textId="2CC575E6" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CE45C53" w14:textId="10864EC9" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00064D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E831D9B" w14:textId="64B49114" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 52</w:t>
+            </w:r>
+            <w:r w:rsidR="00064D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E3D1EEA" w14:textId="3A0B6874" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00E16C95" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">popular, protect, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7145">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>safety equipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51668C36" w14:textId="64119DB8" w:rsidR="00533655" w:rsidRPr="000917E1" w:rsidRDefault="00533655" w:rsidP="00CD7145">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="695B7343" w14:textId="77777777" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">listening for </w:t>
+            </w:r>
+            <w:r w:rsidR="00E16C95">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>key facts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FBBFA8D" w14:textId="264339E6" w:rsidR="006D3D5D" w:rsidRPr="004F0B10" w:rsidRDefault="006D3D5D" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESDC: is price or quality more important when we buy something</w:t>
+            </w:r>
+            <w:r w:rsidR="0072365A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="00770A34">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidR="0072365A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="09C0FC47" w14:textId="77777777" w:rsidTr="00FE697C">
-[...185 lines deleted...]
-              <w:t>– znajduje w wypowiedzi określone informacje</w:t>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="6A88991E" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707CA47F" w14:textId="6D014D01" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="303F34C1" w14:textId="5EA1D7B0" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00770A34">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>66-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B6CB54" w14:textId="5E8E9244" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 53</w:t>
+            </w:r>
+            <w:r w:rsidR="00757FF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A32A2F" w14:textId="42421055" w:rsidR="00533655" w:rsidRPr="004B5028" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B919093" w14:textId="77777777" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD55FDD" w14:textId="7B7967D7" w:rsidR="00533655" w:rsidRPr="00A63CC3" w:rsidRDefault="00533655" w:rsidP="00474519">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EF902F" w14:textId="71D4B721" w:rsidR="00533655" w:rsidRDefault="00F945B9" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>understanding the structure of a story</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7B1B37" w14:textId="4DF52BDF" w:rsidR="00533655" w:rsidRDefault="00F945B9" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing a short story</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D323784" w14:textId="268DA1A3" w:rsidR="00533655" w:rsidRPr="00040B31" w:rsidRDefault="00040B31" w:rsidP="00040B31">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learning to learn: reading complex tables</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="7B7DA80D" w14:textId="77777777" w:rsidTr="00FE697C">
-[...320 lines deleted...]
-              <w:t>– stosuje formalny lub nieformalny styl wypowiedzi adekwatnie do sytuacji</w:t>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="2C429DB2" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F642E6D" w14:textId="5FD87C4B" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2626C6AF" w14:textId="685BE367" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 68</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19FAEBF4" w14:textId="27A3BB5B" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00753E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F4182C" w14:textId="60301098" w:rsidR="00533655" w:rsidRPr="00A24007" w:rsidRDefault="00753E95" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">discount, ferry, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F45F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>single / return (ticket), ticket office</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A3ABBB1" w14:textId="595024BA" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5F09FA" w14:textId="77777777" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A3F5D27" w14:textId="729DDE1E" w:rsidR="00533655" w:rsidRPr="00EE3EF6" w:rsidRDefault="00533655" w:rsidP="00613395">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE57190" w14:textId="39F332F1" w:rsidR="00533655" w:rsidRPr="00EE3EF6" w:rsidRDefault="00613395" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00F45F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>equesting information about a journey</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="0812ECB3" w14:textId="77777777" w:rsidTr="00FE697C">
-[...175 lines deleted...]
-              <w:t>– wyraża swoje opinie i uzasadnia je</w:t>
+      <w:tr w:rsidR="00533655" w:rsidRPr="004F0B10" w14:paraId="2D6FD5E2" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB54B7D" w14:textId="54DB1E0C" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D0E505" w14:textId="12663766" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 69</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="250117FB" w14:textId="0436277C" w:rsidR="00533655" w:rsidRPr="004F0B10" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 56-57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3565812F" w14:textId="77777777" w:rsidR="00533655" w:rsidRPr="00C91D3E" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3601C643" w14:textId="370AD3A0" w:rsidR="00533655" w:rsidRPr="00C43E08" w:rsidRDefault="00533655" w:rsidP="00132501">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0067C8BD" w14:textId="77777777" w:rsidR="00533655" w:rsidRPr="005218F3" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1FB627" w14:textId="1219BCAC" w:rsidR="00533655" w:rsidRPr="00A72A91" w:rsidRDefault="00533655" w:rsidP="00E51A13">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="352CE6FB" w14:textId="04158E56" w:rsidR="00533655" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: </w:t>
+            </w:r>
+            <w:r w:rsidR="000E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">analysing and </w:t>
+            </w:r>
+            <w:r w:rsidR="00E51A13">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>resolving a problem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="449BF0C0" w14:textId="21A17A6C" w:rsidR="00533655" w:rsidRPr="00B61574" w:rsidRDefault="00533655" w:rsidP="00533655">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit 5 test </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="2A29A24C" w14:textId="77777777" w:rsidTr="00FE697C">
-[...757 lines deleted...]
-              <w:t>UNIT 6 Planet Earth</w:t>
+      <w:tr w:rsidR="00514603" w:rsidRPr="00514603" w14:paraId="7D59048E" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AF7F89" w14:textId="3BAF26FB" w:rsidR="00514603" w:rsidRPr="00514603" w:rsidRDefault="00514603" w:rsidP="003A3005">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00514603">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mid</w:t>
+            </w:r>
+            <w:r w:rsidR="002E0477">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00514603">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Year test</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BC9371" w14:textId="4C330CBE" w:rsidR="00514603" w:rsidRPr="00514603" w:rsidRDefault="00514603" w:rsidP="003A3005">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>re</w:t>
+            </w:r>
+            <w:r w:rsidR="00746B14">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>viewing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="00746B14">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: Units 1-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01714CD1" w14:textId="30DAE23D" w:rsidR="00514603" w:rsidRPr="00514603" w:rsidRDefault="00746B14" w:rsidP="003A3005">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing grammar: Units 1-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="729C9DA7" w14:textId="203E419F" w:rsidR="00514603" w:rsidRPr="00514603" w:rsidRDefault="00746B14" w:rsidP="00746B14">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0477">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="70AD47" w:themeColor="accent6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mid-Year test </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75552AAE" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="140E8B68" w14:textId="4D8ECB91" w:rsidR="003A3005" w:rsidRDefault="003A3005" w:rsidP="009F285B">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A2452FD" w14:textId="7D00792E" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="009F285B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 6</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="1FCE4C29" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00331560" w:rsidRPr="004F0B10" w14:paraId="210E9CAF" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="503D816D" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629B1F3E" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="740A75E5" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5059D35E" w14:textId="77777777" w:rsidR="00331560" w:rsidRPr="004F0B10" w:rsidRDefault="00331560" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functions, competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="6AD9CF13" w14:textId="77777777" w:rsidTr="00FE697C">
-[...114 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="00EE04DD" w:rsidRPr="004F0B10" w14:paraId="67E37B5F" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6B2F00" w14:textId="59EFB995" w:rsidR="00EE04DD" w:rsidRPr="00C24CBB" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C24CBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="782E036D" w14:textId="5388D236" w:rsidR="00EE04DD" w:rsidRPr="00C24CBB" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C24CBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 70-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A2CCA2" w14:textId="6F4D847D" w:rsidR="00EE04DD" w:rsidRPr="004F0B10" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C24CBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24915173" w14:textId="4DD8D446" w:rsidR="00EE04DD" w:rsidRPr="00AF1B1E" w:rsidRDefault="00217EA5" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00E50243">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hewing gum, cotton, denim, fabric, </w:t>
+            </w:r>
+            <w:r w:rsidR="00795D69">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>jeans, leather, plastic, rubber, throw (thrown) away, waste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75EE6025" w14:textId="6A95233E" w:rsidR="00EE04DD" w:rsidRPr="00534340" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18824A0A" w14:textId="5CDDE7E2" w:rsidR="00EE04DD" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading </w:t>
+            </w:r>
+            <w:r w:rsidR="001D745E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>an information text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54EB748F" w14:textId="4913DB51" w:rsidR="00EE04DD" w:rsidRPr="00534340" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00E50243">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>following an infographic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE04DD" w:rsidRPr="004F0B10" w14:paraId="74347315" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19267D75" w14:textId="1E32971C" w:rsidR="00EE04DD" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6E7AA7" w14:textId="63F1B2FD" w:rsidR="00EE04DD" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 72</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E71738D" w14:textId="42F0277F" w:rsidR="00EE04DD" w:rsidRPr="004F0B10" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="116ACF1A" w14:textId="1EC16434" w:rsidR="00EE04DD" w:rsidRPr="006A7DDC" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4997DB0E" w14:textId="6790C5D8" w:rsidR="00EE04DD" w:rsidRPr="004817F3" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07535626" w14:textId="40176754" w:rsidR="00EE04DD" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading skill: in</w:t>
+            </w:r>
+            <w:r w:rsidR="002C1E4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>terpreting an infographic</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AFE93C5" w14:textId="77777777" w:rsidR="00EE04DD" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>working with words: suffixes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61BB9448" w14:textId="2AABC9B8" w:rsidR="002C1E4A" w:rsidRPr="00777C72" w:rsidRDefault="002C1E4A" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESDC: why is it a good idea to reuse or recycle</w:t>
+            </w:r>
+            <w:r w:rsidR="00123046">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> old things?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE04DD" w:rsidRPr="004F0B10" w14:paraId="4E0B1B34" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C8A3CE" w14:textId="465F3855" w:rsidR="00EE04DD" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FCE4DE4" w14:textId="4D55C81B" w:rsidR="00EE04DD" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00692C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="793844D5" w14:textId="33C87ABC" w:rsidR="00EE04DD" w:rsidRPr="004F0B10" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F46D431" w14:textId="5394DAF7" w:rsidR="00EE04DD" w:rsidRPr="00CA4D88" w:rsidRDefault="00EE04DD" w:rsidP="00EE04DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recycled vocabulary: </w:t>
+            </w:r>
+            <w:r w:rsidR="00692C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>products and processes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B473590" w14:textId="198E03C3" w:rsidR="00EE04DD" w:rsidRPr="004F0B10" w:rsidRDefault="00692C65" w:rsidP="00692C65">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Passive Voice (Present Simple)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A31A81D" w14:textId="5B9862F4" w:rsidR="00EE04DD" w:rsidRPr="00584AE8" w:rsidRDefault="00EE04DD" w:rsidP="009505BC">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="009505BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Passive Voice to describe a process</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D745E" w:rsidRPr="004F0B10" w14:paraId="1D36B9A9" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="237C5C90" w14:textId="0453D2DA" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0965702E" w14:textId="29DDA556" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 75</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1F7C59" w14:textId="02C05D49" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6C3630" w14:textId="10472418" w:rsidR="001D745E" w:rsidRDefault="00EA5150" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>glass, herb, metal, wood</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F22FBC" w14:textId="03B2B463" w:rsidR="001D745E" w:rsidRPr="00C7067D" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recycled vocabulary: </w:t>
+            </w:r>
+            <w:r w:rsidR="008409E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>products and processes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C817B5E" w14:textId="4936E451" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">too </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F815BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>not enough</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59368FC7" w14:textId="060EFA3E" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="00EA5150" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asking and saying what </w:t>
+            </w:r>
+            <w:r w:rsidR="00952D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>things are made of and used for</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D745E" w:rsidRPr="004F0B10" w14:paraId="503A7BFA" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A15E11E" w14:textId="558DE21E" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55719E00" w14:textId="26F67549" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00E63C0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="577D3F3E" w14:textId="2A6AD356" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>WB pg. 66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="651DCF0B" w14:textId="5A9A297A" w:rsidR="001D745E" w:rsidRPr="00EA5E02" w:rsidRDefault="00C81E04" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>advert, documentary, programme, the news</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1235DBDA" w14:textId="7C269907" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="009301E5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4268F98D" w14:textId="0803A52E" w:rsidR="001D745E" w:rsidRPr="004C3B6F" w:rsidRDefault="009301E5" w:rsidP="004C3B6F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>differentiating between fact and opinion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D745E" w:rsidRPr="004F0B10" w14:paraId="389B7858" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="438E8B8E" w14:textId="10184ECB" w:rsidR="001D745E" w:rsidRPr="00EF7E93" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF7E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A51A96" w14:textId="7BFC26C6" w:rsidR="001D745E" w:rsidRPr="00EF7E93" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF7E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00894A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>76-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF7E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB2F2EB" w14:textId="5D4FE03E" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF7E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 67</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7240D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3873BC27" w14:textId="08B67FD1" w:rsidR="001D745E" w:rsidRPr="00BD57CC" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56636EE9" w14:textId="77777777" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402501F1" w14:textId="5C522507" w:rsidR="001D745E" w:rsidRPr="00E3313B" w:rsidRDefault="001D745E" w:rsidP="000F7158">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC2E02F" w14:textId="0C7C5DA3" w:rsidR="001D745E" w:rsidRPr="00A7240D" w:rsidRDefault="00894A01" w:rsidP="00A7240D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using an infographic to write about a process</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E0CB57E" w14:textId="1783430D" w:rsidR="001D745E" w:rsidRPr="009C0A40" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learning to learn: re</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7240D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>searching information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D745E" w:rsidRPr="004F0B10" w14:paraId="6D98BE1B" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210A7B68" w14:textId="0538878C" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ADF8D87" w14:textId="5319C0A1" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 78</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F648C14" w14:textId="1E4C2E49" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B662EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E3E151" w14:textId="370E4B1B" w:rsidR="001D745E" w:rsidRPr="00A24007" w:rsidRDefault="00CB6301" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cheap (cheaper), special, useful</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5EB961" w14:textId="1D20A8A2" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6301">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: products and processes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B841D8" w14:textId="2571FFF5" w:rsidR="001D745E" w:rsidRPr="00CB6301" w:rsidRDefault="001D745E" w:rsidP="00CB6301">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DE70C3" w14:textId="556A75F0" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="00D212B6" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>making and performing a radio advert</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D745E" w:rsidRPr="004F0B10" w14:paraId="2AB46536" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA4C226" w14:textId="09D8C009" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0CF0C7" w14:textId="36EA161D" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 79</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C1A6333" w14:textId="53F67431" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 70-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FE0E3D" w14:textId="77777777" w:rsidR="001D745E" w:rsidRPr="00C91D3E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5CA147" w14:textId="29A77346" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="00B662EF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0851BD74" w14:textId="77777777" w:rsidR="001D745E" w:rsidRPr="005218F3" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68665D7A" w14:textId="0874EA6B" w:rsidR="001D745E" w:rsidRPr="004F0B10" w:rsidRDefault="001D745E" w:rsidP="00F71C30">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA4BF10" w14:textId="6E4156B6" w:rsidR="001D745E" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>evaluating options</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and r</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>decision</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EF2FBD8" w14:textId="67DE1282" w:rsidR="001D745E" w:rsidRPr="00EF5FFE" w:rsidRDefault="001D745E" w:rsidP="001D745E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003731AB" w:rsidRPr="004F0B10" w14:paraId="106306EB" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59124C0B" w14:textId="5E5639A3" w:rsidR="003731AB" w:rsidRDefault="00523A61" w:rsidP="003731AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Review 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FBEB12" w14:textId="1BED5109" w:rsidR="0079317F" w:rsidRPr="004F0B10" w:rsidRDefault="0079317F" w:rsidP="003731AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A95411">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...65 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidR="00323E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidR="0027448A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F75C9E2" w14:textId="03673268" w:rsidR="00156B72" w:rsidRPr="004F0B10" w:rsidRDefault="002B145A" w:rsidP="002B145A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>re</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>viewing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="008A5F73">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...172 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidR="00BD0D2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from Units 5 and 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CED3B9" w14:textId="26D30329" w:rsidR="002B145A" w:rsidRPr="002B145A" w:rsidRDefault="002B145A" w:rsidP="002B145A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>re</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>viewing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grammar</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from Units 5 and 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1747F8C3" w14:textId="68B52E65" w:rsidR="00D64C2D" w:rsidRPr="004B3BB2" w:rsidRDefault="00323E45" w:rsidP="004B3BB2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="00121A98">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grammar from Units 5 and 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49459420" w14:textId="77777777" w:rsidR="006E08C4" w:rsidRDefault="00034B9D" w:rsidP="001F3A86">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CYLE: A</w:t>
+            </w:r>
+            <w:r w:rsidR="006846A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...181 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidR="006846A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ers, </w:t>
+            </w:r>
+            <w:r w:rsidR="001F3A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Speak</w:t>
+            </w:r>
+            <w:r w:rsidR="006734FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...1827 lines deleted...]
-              <w:t>UNIT 7 Job hunting</w:t>
+            <w:r w:rsidR="006734FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF054D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="009B2AD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading and Writing</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF054D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="001F3A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0D96E7" w14:textId="110998FB" w:rsidR="0003150C" w:rsidRPr="001F3A86" w:rsidRDefault="0003150C" w:rsidP="001F3A86">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognising and evaluating own progress</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="184F4DB8" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="480DB09E" w14:textId="13A93BFE" w:rsidR="00331560" w:rsidRDefault="00331560" w:rsidP="009F285B">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E6F2F27" w14:textId="76CDEA96" w:rsidR="008364C8" w:rsidRPr="004F0B10" w:rsidRDefault="008364C8" w:rsidP="009F285B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 7</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="31711723" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="008364C8" w:rsidRPr="004F0B10" w14:paraId="1CB9DBDB" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D74A4D" w14:textId="77777777" w:rsidR="008364C8" w:rsidRPr="004F0B10" w:rsidRDefault="008364C8" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="294A3541" w14:textId="77777777" w:rsidR="008364C8" w:rsidRPr="004F0B10" w:rsidRDefault="008364C8" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE9CAD1" w14:textId="77777777" w:rsidR="008364C8" w:rsidRPr="004F0B10" w:rsidRDefault="008364C8" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A16835A" w14:textId="77777777" w:rsidR="008364C8" w:rsidRPr="004F0B10" w:rsidRDefault="008364C8" w:rsidP="00852373">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functions, competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="5E9EC3F1" w14:textId="77777777" w:rsidTr="00FE697C">
-[...173 lines deleted...]
-              <w:t xml:space="preserve">PRACA: zawody i związane z nimi czynności i obowiązki, warunki pracy, praca dorywcza, poszukiwanie pracy; CZŁOWIEK: cechy charakteru </w:t>
+      <w:tr w:rsidR="009D0E9F" w:rsidRPr="004F0B10" w14:paraId="5D2AB94D" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="320BFFEE" w14:textId="307A3D63" w:rsidR="009D0E9F" w:rsidRPr="00722689" w:rsidRDefault="009D0E9F" w:rsidP="00B20A6A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00722689">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00B20A6A" w:rsidRPr="00722689">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="691674C9" w14:textId="5A233E2C" w:rsidR="00CD2EF8" w:rsidRPr="00722689" w:rsidRDefault="00CD2EF8" w:rsidP="00B20A6A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00722689">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 8</w:t>
+            </w:r>
+            <w:r w:rsidR="00736974" w:rsidRPr="00722689">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0861A28F" w14:textId="1E8DD1B0" w:rsidR="00CD2EF8" w:rsidRPr="004F0B10" w:rsidRDefault="006549CA" w:rsidP="00B20A6A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00722689">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD2EF8" w:rsidRPr="00722689">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5B9B" w:rsidRPr="00722689">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A60013" w14:textId="4EC489D2" w:rsidR="00154D2A" w:rsidRPr="0071631F" w:rsidRDefault="008F4C44" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ac</w:t>
+            </w:r>
+            <w:r w:rsidR="002A5C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ordion, </w:t>
+            </w:r>
+            <w:r w:rsidR="002A5C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">classical music, folk music, perform, pop music, promote, </w:t>
+            </w:r>
+            <w:r w:rsidR="0071631F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rap, rhythm, tour, tune</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5D8E41" w14:textId="77777777" w:rsidR="009D0E9F" w:rsidRPr="004D63C5" w:rsidRDefault="009D0E9F" w:rsidP="00604D96">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A09565" w14:textId="294379BF" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading an </w:t>
+            </w:r>
+            <w:r w:rsidR="00845D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>article from a music magazine</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16DA1796" w14:textId="77777777" w:rsidR="001E05F0" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00845D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading a text for gist</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="132713AE" w14:textId="035CD578" w:rsidR="00084609" w:rsidRPr="000E43ED" w:rsidRDefault="00084609" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESDC: why is folk music important for different cultures?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="41205CC1" w14:textId="77777777" w:rsidTr="00FE697C">
-[...83 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="0071631F" w:rsidRPr="004F0B10" w14:paraId="2706C182" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8B5CC8" w14:textId="48C48660" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62B5C6D4" w14:textId="56983D53" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 84</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08F68372" w14:textId="0697ED26" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="741D5672" w14:textId="0B9AF5A1" w:rsidR="0071631F" w:rsidRPr="004D63C5" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="248A4FCC" w14:textId="33A3F945" w:rsidR="0071631F" w:rsidRPr="000B7532" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CDD1AB" w14:textId="16FF5BD6" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading skill: i</w:t>
+            </w:r>
+            <w:r w:rsidR="009A5201">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dentifying the features of different text types</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69240CAA" w14:textId="318A88E9" w:rsidR="0071631F" w:rsidRPr="009A5201" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">working with words: </w:t>
+            </w:r>
+            <w:r w:rsidR="009A5201">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pref</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ixes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071631F" w:rsidRPr="004F0B10" w14:paraId="57756251" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="520708A5" w14:textId="2C19E499" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44EF1B6C" w14:textId="427DE0B8" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 8</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05626">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="213410F7" w14:textId="79F7B883" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC5CAEA" w14:textId="6C2E5B5E" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recycled vocabulary: </w:t>
+            </w:r>
+            <w:r w:rsidR="00D05626">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>music and song</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56399243" w14:textId="4CC5105F" w:rsidR="0071631F" w:rsidRPr="002B399C" w:rsidRDefault="00505C88" w:rsidP="00505C88">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">will </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>going to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5569D0A0" w14:textId="0C016AED" w:rsidR="0071631F" w:rsidRPr="00A67BB6" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="009267F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">will </w:t>
+            </w:r>
+            <w:r w:rsidR="009267F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="009267F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">going to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009267F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009267F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> talk about the future</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071631F" w:rsidRPr="004F0B10" w14:paraId="6F666E39" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C87AC34" w14:textId="567268F5" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13715C0F" w14:textId="2687E9FC" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F804D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D498F3F" w14:textId="2AD121DC" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0827D45E" w14:textId="5E656C5B" w:rsidR="0071631F" w:rsidRDefault="00F804D9" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...81 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">calendar, midnight, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A327CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>orchestra, rehearsal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A094B37" w14:textId="706F9738" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recycled vocabulary: </w:t>
+            </w:r>
+            <w:r w:rsidR="00A327CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>music and song</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="470FD7D7" w14:textId="1664D538" w:rsidR="0071631F" w:rsidRPr="001C59DA" w:rsidRDefault="00A327CA" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Present Simple for future events</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F515CEA" w14:textId="52026E55" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="00016A93" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using Present Simple to talk about future events</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071631F" w:rsidRPr="004F0B10" w14:paraId="5653E5BD" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F92C67" w14:textId="41D7EFF9" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01925378" w14:textId="4F1E8718" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 8</w:t>
+            </w:r>
+            <w:r w:rsidR="00636891">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="479F6C3B" w14:textId="64FB24D7" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 76</w:t>
+            </w:r>
+            <w:r w:rsidR="00636891">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F74976" w14:textId="77777777" w:rsidR="0071631F" w:rsidRDefault="00B50E67" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cat</w:t>
+            </w:r>
+            <w:r w:rsidR="00863CBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...46 lines deleted...]
-              <w:t>– zna i poprawnie stosuje przymiotniki złożone</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hy, cheerful, </w:t>
+            </w:r>
+            <w:r w:rsidR="00863CBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lively</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24F095C7" w14:textId="77777777" w:rsidR="00863CBB" w:rsidRDefault="00863CBB" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>It makes me feel…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="650BBA13" w14:textId="2921E7CE" w:rsidR="00863CBB" w:rsidRPr="00F64DC0" w:rsidRDefault="00863CBB" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>It reminds me of…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3A804B" w14:textId="77777777" w:rsidR="00B50E67" w:rsidRPr="004F0B10" w:rsidRDefault="00B50E67" w:rsidP="00B50E67">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C8A9614" w14:textId="2E078665" w:rsidR="0071631F" w:rsidRPr="002D2B3A" w:rsidRDefault="0071631F" w:rsidP="00B50E67">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56820DAF" w14:textId="75D30D95" w:rsidR="0071631F" w:rsidRPr="007C53F7" w:rsidRDefault="00B50E67" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>listening for specific information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="570F6C4A" w14:textId="77777777" w:rsidTr="00FE697C">
-[...255 lines deleted...]
-              <w:t>– odróżnia informacje o faktach od opinii</w:t>
+      <w:tr w:rsidR="0071631F" w:rsidRPr="004F0B10" w14:paraId="5FDC2301" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="797FE999" w14:textId="4D35B843" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03BEFEFF" w14:textId="2FFCBEEE" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 89</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA16477" w14:textId="4B532CCD" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 77</w:t>
+            </w:r>
+            <w:r w:rsidR="00A90B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA2EE48" w14:textId="5C373543" w:rsidR="0071631F" w:rsidRPr="0086564D" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6B13BB" w14:textId="77777777" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="449C11D4" w14:textId="4D033091" w:rsidR="0071631F" w:rsidRPr="0086564D" w:rsidRDefault="0071631F" w:rsidP="00B50E67">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E828453" w14:textId="6B890576" w:rsidR="0071631F" w:rsidRDefault="001F477C" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing a verse for a song</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F37CBCC" w14:textId="77777777" w:rsidR="00A90B7B" w:rsidRDefault="00D41A21" w:rsidP="00A90B7B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>understanding the structure of a song</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3264CB68" w14:textId="440F04CB" w:rsidR="0071631F" w:rsidRPr="00D41A21" w:rsidRDefault="0071631F" w:rsidP="00A90B7B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">learning to learn: </w:t>
+            </w:r>
+            <w:r w:rsidR="001F477C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>understanding rhythm of a song</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="58C01542" w14:textId="77777777" w:rsidTr="00FE697C">
-[...185 lines deleted...]
-              <w:t>– znajduje w wypowiedzi określone informacje</w:t>
+      <w:tr w:rsidR="0071631F" w:rsidRPr="004F0B10" w14:paraId="3756D185" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB89AE4" w14:textId="05E56E41" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15EE2208" w14:textId="3613B237" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F45AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B925C34" w14:textId="25B98A04" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F45AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8F2137" w14:textId="5EF50367" w:rsidR="0071631F" w:rsidRPr="00A24007" w:rsidRDefault="001A3637" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>optimistic, romantic</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18E817A0" w14:textId="134375AF" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3637">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>music and song</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADF1BB6" w14:textId="2AB63467" w:rsidR="0071631F" w:rsidRPr="00135B79" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33329A51" w14:textId="250BB5B0" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="00F45AA1" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>giving a talk about a song</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="37FB092F" w14:textId="77777777" w:rsidTr="00FE697C">
-[...364 lines deleted...]
-              <w:t>– stosuje formalny lub nieformalny styl wypowiedzi adekwatnie do sytuacji</w:t>
+      <w:tr w:rsidR="0071631F" w:rsidRPr="004F0B10" w14:paraId="7CC8C9A8" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A901F8F" w14:textId="204C5880" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6888141C" w14:textId="411F5C28" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 91</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B0A8B8" w14:textId="1C6375F5" w:rsidR="0071631F" w:rsidRPr="004F0B10" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 80-81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D518CE" w14:textId="77777777" w:rsidR="0071631F" w:rsidRPr="00C91D3E" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4566AC" w14:textId="1207159E" w:rsidR="0071631F" w:rsidRPr="003913F2" w:rsidRDefault="0071631F" w:rsidP="00A14696">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BFF84B" w14:textId="77777777" w:rsidR="0071631F" w:rsidRPr="005218F3" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54DDA8A4" w14:textId="6E255878" w:rsidR="0071631F" w:rsidRPr="003913F2" w:rsidRDefault="0071631F" w:rsidP="00A14696">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E40455C" w14:textId="0142966D" w:rsidR="0071631F" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: </w:t>
+            </w:r>
+            <w:r w:rsidR="005E68D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>decoding and classifying types of music</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17FDC059" w14:textId="53879A9E" w:rsidR="0071631F" w:rsidRPr="008C7406" w:rsidRDefault="0071631F" w:rsidP="0071631F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit </w:t>
+            </w:r>
+            <w:r w:rsidR="005E68D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="4A26F5CF" w14:textId="77777777" w:rsidTr="00FE697C">
-[...1154 lines deleted...]
-              <w:t>UNIT 8 Best friends forever</w:t>
+      <w:tr w:rsidR="00BB1445" w:rsidRPr="00BB1445" w14:paraId="5BD59A66" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1A0ECD" w14:textId="0E8BB232" w:rsidR="008364C8" w:rsidRPr="00BB1445" w:rsidRDefault="006866D9" w:rsidP="00852373">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading</w:t>
+            </w:r>
+            <w:r w:rsidR="00B3470F" w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DED1C21" w14:textId="0AAB3030" w:rsidR="00861537" w:rsidRPr="00BB1445" w:rsidRDefault="006866D9" w:rsidP="00852373">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00367A3E" w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="009B4DFB" w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>92-9</w:t>
+            </w:r>
+            <w:r w:rsidR="00D070BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5CFF9F" w14:textId="1A724572" w:rsidR="009B4DFB" w:rsidRPr="00BB1445" w:rsidRDefault="005446D4" w:rsidP="005446D4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1584CD" w14:textId="38D7FCDD" w:rsidR="0055777F" w:rsidRPr="00BB1445" w:rsidRDefault="005446D4" w:rsidP="00EE3B1B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="005847D5" w14:textId="45A7D473" w:rsidR="00B51069" w:rsidRPr="00BB1445" w:rsidRDefault="00B51069" w:rsidP="008C0DEC">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB7AF0B" w14:textId="18A12BC3" w:rsidR="00C87652" w:rsidRPr="00BB1445" w:rsidRDefault="005446D4" w:rsidP="006549CA">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading</w:t>
+            </w:r>
+            <w:r w:rsidR="00764789">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:r w:rsidR="00242686">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD82438" w14:textId="77777777" w:rsidR="008058F6" w:rsidRDefault="005446D4" w:rsidP="00C76D48">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>developing reading fluency</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0510428C" w14:textId="5BD0A298" w:rsidR="00C03E43" w:rsidRPr="00C76D48" w:rsidRDefault="00C03E43" w:rsidP="00C76D48">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>giving a personal response to a text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12FF74A9" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="54AD6CA9" w14:textId="3D91335D" w:rsidR="008364C8" w:rsidRDefault="008364C8" w:rsidP="009F285B">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="066C5B45" w14:textId="606615AF" w:rsidR="00D664D6" w:rsidRPr="004F0B10" w:rsidRDefault="00D664D6" w:rsidP="009F285B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 8</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="2F2ABC0A" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00D664D6" w:rsidRPr="004F0B10" w14:paraId="6D6F9625" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78888DB3" w14:textId="77777777" w:rsidR="00D664D6" w:rsidRPr="004F0B10" w:rsidRDefault="00D664D6" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B0FEBF" w14:textId="77777777" w:rsidR="00D664D6" w:rsidRPr="004F0B10" w:rsidRDefault="00D664D6" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06299C76" w14:textId="77777777" w:rsidR="00D664D6" w:rsidRPr="004F0B10" w:rsidRDefault="00D664D6" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056421C1" w14:textId="77777777" w:rsidR="00D664D6" w:rsidRPr="004F0B10" w:rsidRDefault="00D664D6" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functions, competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="7ADA4589" w14:textId="77777777" w:rsidTr="00FE697C">
-[...192 lines deleted...]
-              <w:t>ŻYCIE PRYWATNE: rodzina, znajomi i przyjaciele, życie codzienne, formy spędzania czasu wolnego, styl życia, konflikty i problemy</w:t>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="5D535E56" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562EB5D3" w14:textId="574C1042" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CCE9647" w14:textId="23E05CDD" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 96-97</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C744CD1" w14:textId="1FA51CC2" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B3D0AE" w14:textId="1C264A71" w:rsidR="00D311E2" w:rsidRPr="005335F0" w:rsidRDefault="00A87561" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">astonished, bad temper, </w:t>
+            </w:r>
+            <w:r w:rsidR="000869FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">collect, emperor, forgive (forgave), furious, own (owned), palace, </w:t>
+            </w:r>
+            <w:r w:rsidR="00676E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>powerful, swan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41598CA3" w14:textId="77777777" w:rsidR="00D311E2" w:rsidRPr="005335F0" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="067F6B9A" w14:textId="3A0F3ACE" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading a</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED347D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> traditional story</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2375127F" w14:textId="02FFA53F" w:rsidR="00D311E2" w:rsidRPr="00A87561" w:rsidRDefault="00D311E2" w:rsidP="00A87561">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00A87561">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>identifying the main message of a story</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="7850E7BD" w14:textId="77777777" w:rsidTr="00FE697C">
-[...83 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="0137891E" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4030F64C" w14:textId="1EC47D6C" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C55AF24" w14:textId="44C8B302" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 98</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C1AF27A" w14:textId="7252D75E" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D5178C" w14:textId="769170B8" w:rsidR="00D311E2" w:rsidRPr="00443F38" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F53EFB" w14:textId="31501BB1" w:rsidR="00D311E2" w:rsidRPr="0035029C" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B5D806" w14:textId="77777777" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00981E66">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading skill</w:t>
+            </w:r>
+            <w:r w:rsidR="00981E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="008D0004">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learning to learn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00981E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognising differ</w:t>
+            </w:r>
+            <w:r w:rsidR="008D0004">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ent points of view</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="007E1D52" w14:textId="785770AD" w:rsidR="001A093A" w:rsidRPr="0042442F" w:rsidRDefault="001A093A" w:rsidP="00981E66">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESDC: why do you think paintings </w:t>
+            </w:r>
+            <w:r w:rsidR="004058E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>are popular in different countries around the world?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="0CFD9134" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216760D8" w14:textId="5BEB22D7" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F49CED0" w14:textId="4459F522" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B11ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CDFE9A6" w14:textId="5E4351EA" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCE6D1D" w14:textId="23EBB355" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="400BB7AF" w14:textId="46E6FBC0" w:rsidR="00D311E2" w:rsidRPr="006F751D" w:rsidRDefault="00602F8C" w:rsidP="00602F8C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>First Conditional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="105E4EB1" w14:textId="515280A2" w:rsidR="00D311E2" w:rsidRPr="006221F7" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="00C116B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the First Conditional to talk about a possible situation in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the future</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="7EC53744" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9820C6" w14:textId="00EB89AA" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B079B1" w14:textId="4212625F" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00817829">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76B83481" w14:textId="7269F1B3" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6720FC2D" w14:textId="4948BC5F" w:rsidR="00D311E2" w:rsidRDefault="00817829" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...50 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">escape, hurt, rescue, </w:t>
+            </w:r>
+            <w:r w:rsidR="007D0079">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rope, tie (tied) up</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C3370C" w14:textId="52F22804" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="427FBD2C" w14:textId="57EF8056" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="007D0079" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modal verbs</w:t>
+            </w:r>
+            <w:r w:rsidR="00D311E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">possible </w:t>
+            </w:r>
+            <w:r w:rsidR="00D311E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>future events</w:t>
+            </w:r>
+            <w:r w:rsidR="00B73E9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00B73E9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>may (not), might (not), could</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E55059D" w14:textId="03F15444" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="00C90853">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modal verbs to talk about possible future events</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="0DB60652" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="517B2CA5" w14:textId="7ACED300" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DD6EBA6" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="002E508A">
-[...18 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+          <w:p w14:paraId="62C72E2F" w14:textId="48326F7A" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00541886">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EE626BC" w14:textId="04AF1041" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg.  86</w:t>
+            </w:r>
+            <w:r w:rsidR="00541886">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E68DE08" w14:textId="01DC9456" w:rsidR="00D311E2" w:rsidRPr="00A46FF8" w:rsidRDefault="00541886" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in trouble, play a trick, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD15B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tell lies, tell the truth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226D7CF1" w14:textId="1B2F6881" w:rsidR="00D311E2" w:rsidRPr="00D80DEE" w:rsidRDefault="00D311E2" w:rsidP="00D80DEE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4916E0AC" w14:textId="03578D91" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>listening for s</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80DEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>equence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="68D201E1" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C16D25" w14:textId="43A9B2B7" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13916A4B" w14:textId="1F1ED24D" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="0021633D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>102-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1D377B" w14:textId="7F49BD9A" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 87</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91768">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2F44FB" w14:textId="443A73BE" w:rsidR="00D311E2" w:rsidRPr="00F9249C" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E30810" w14:textId="77777777" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="287A6C94" w14:textId="11771811" w:rsidR="00D311E2" w:rsidRPr="00962510" w:rsidRDefault="00D311E2" w:rsidP="00962510">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B4E00E" w14:textId="34171EE1" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">writing a </w:t>
+            </w:r>
+            <w:r w:rsidR="00962510">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>summary of a story</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11042645" w14:textId="6175397A" w:rsidR="00D311E2" w:rsidRDefault="008C1153" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>identifying main events in a text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D524947" w14:textId="3817226E" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00962510" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>working with words: synonyms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="36C1DF9A" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38593752" w14:textId="056C1135" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72DB5F31" w14:textId="1E83DFAB" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 104</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DFB2DBC" w14:textId="4CA30C10" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00425E4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC27621" w14:textId="3B088490" w:rsidR="00D311E2" w:rsidRPr="00A24007" w:rsidRDefault="00285417" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>moral, take place</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281676AB" w14:textId="669EFCE3" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00285417">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>storytelling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00D341C9" w14:textId="5C85BEE1" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8B72DA" w14:textId="2EE8385B" w:rsidR="00D311E2" w:rsidRPr="001F00DE" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>giving a talk about a s</w:t>
+            </w:r>
+            <w:r w:rsidR="00285417">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D311E2" w:rsidRPr="004F0B10" w14:paraId="3C669177" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5B97D3" w14:textId="70FA8FC7" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5816479B" w14:textId="51A498A6" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 105</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46ABD895" w14:textId="49CB63F9" w:rsidR="00D311E2" w:rsidRPr="004F0B10" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 90-91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B86502" w14:textId="39D8F6E5" w:rsidR="00D311E2" w:rsidRPr="00613C13" w:rsidRDefault="00D311E2" w:rsidP="00613C13">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7945059B" w14:textId="7AB772E5" w:rsidR="00D311E2" w:rsidRPr="00613C13" w:rsidRDefault="00D311E2" w:rsidP="00613C13">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="746D08C9" w14:textId="556716E7" w:rsidR="00D311E2" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: </w:t>
+            </w:r>
+            <w:r w:rsidR="00613C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">evaluating information </w:t>
+            </w:r>
+            <w:r w:rsidR="008F5560">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and reaching a decision</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31484407" w14:textId="2A779E91" w:rsidR="00D311E2" w:rsidRPr="00756A96" w:rsidRDefault="00D311E2" w:rsidP="00D311E2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit 8 test </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00254547" w:rsidRPr="004F0B10" w14:paraId="33B7BA1E" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A2F08E" w14:textId="7F0D5C2E" w:rsidR="00254547" w:rsidRDefault="00254547" w:rsidP="00254547">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Review 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E762AA" w14:textId="7B045E88" w:rsidR="00254547" w:rsidRPr="004F0B10" w:rsidRDefault="00254547" w:rsidP="00254547">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 106-107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C0E4D4" w14:textId="4161752A" w:rsidR="00254547" w:rsidRPr="00837E65" w:rsidRDefault="00254547" w:rsidP="00254547">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary from Units 7 and 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B1A9CB" w14:textId="63C9BB9E" w:rsidR="00254547" w:rsidRPr="00364BEA" w:rsidRDefault="00254547" w:rsidP="00254547">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>re</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>viewing grammar from Units 7 and 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11380118" w14:textId="691A1422" w:rsidR="00254547" w:rsidRPr="004B3BB2" w:rsidRDefault="00254547" w:rsidP="00254547">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary and grammar from Units 7 and 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69A0269B" w14:textId="77777777" w:rsidR="00254547" w:rsidRDefault="00254547" w:rsidP="003C2F67">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CYLE: A</w:t>
+            </w:r>
+            <w:r w:rsidR="0017437E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0017437E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ers, </w:t>
+            </w:r>
+            <w:r w:rsidR="0017437E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Listening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00936BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...2089 lines deleted...]
-              <w:t>UNIT 9 Best-sellers</w:t>
+            <w:r w:rsidR="00936BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading and Writing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00936BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76B5B398" w14:textId="3A190038" w:rsidR="0003150C" w:rsidRPr="003C2F67" w:rsidRDefault="0003150C" w:rsidP="003C2F67">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognising and evaluating own progress</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4031C319" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="475AD049" w14:textId="53AB5010" w:rsidR="00D664D6" w:rsidRDefault="00D664D6" w:rsidP="00D664D6">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2B52DF" w14:textId="0AFF8059" w:rsidR="00AD194F" w:rsidRPr="004F0B10" w:rsidRDefault="00AD194F" w:rsidP="00D664D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Unit 9</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="29"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="3A1AEE9D" w14:textId="77777777" w:rsidTr="00FE697C">
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00AD194F" w:rsidRPr="004F0B10" w14:paraId="6380A364" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609006FD" w14:textId="77777777" w:rsidR="00AD194F" w:rsidRPr="004F0B10" w:rsidRDefault="00AD194F" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10690323" w14:textId="77777777" w:rsidR="00AD194F" w:rsidRPr="004F0B10" w:rsidRDefault="00AD194F" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27AA066C" w14:textId="77777777" w:rsidR="00AD194F" w:rsidRPr="004F0B10" w:rsidRDefault="00AD194F" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C51342" w14:textId="77777777" w:rsidR="00AD194F" w:rsidRPr="004F0B10" w:rsidRDefault="00AD194F" w:rsidP="009135DF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functions, competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="14B1FAB3" w14:textId="77777777" w:rsidTr="00FE697C">
-[...267 lines deleted...]
-              <w:t>KULTURA: dziedziny kultury, twórcy i ich dzieła, uczestnictwo w kulturze</w:t>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="19265493" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25866971" w14:textId="170992AE" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AAB70E6" w14:textId="31B5DB36" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 108-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D6557D9" w14:textId="406F7045" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E82C19" w14:textId="4D5D2DA0" w:rsidR="001609B9" w:rsidRPr="002F27B8" w:rsidRDefault="00A518DC" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">chemical, choice, </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3461">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>diet, media, process (processed), right, snack, vegan, vegetarian, wrong</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF0961E" w14:textId="77777777" w:rsidR="001609B9" w:rsidRPr="00077BE3" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="251456F1" w14:textId="76EE6594" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading </w:t>
+            </w:r>
+            <w:r w:rsidR="00426786">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>posts in a group chat</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52DE3CA3" w14:textId="77777777" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00426786">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>understanding the main idea in a text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BBF156" w14:textId="1756C1BD" w:rsidR="00D92985" w:rsidRPr="00077BE3" w:rsidRDefault="00D92985" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESDC: why is it important to listen </w:t>
+            </w:r>
+            <w:r w:rsidR="00737D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to other people’s opinions?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="6E6AF268" w14:textId="77777777" w:rsidTr="00FE697C">
-[...101 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="264F45BD" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C94470" w14:textId="5D31041D" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14CE53DD" w14:textId="4FC20317" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 11</w:t>
+            </w:r>
+            <w:r w:rsidR="00737D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79AEF73C" w14:textId="0AE2F284" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="484FBA33" w14:textId="07E6B782" w:rsidR="001609B9" w:rsidRPr="008F25C6" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A704AE" w14:textId="441C89B8" w:rsidR="001609B9" w:rsidRPr="004B3A98" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40866F04" w14:textId="77777777" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="009E67CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill and learning to learn: </w:t>
+            </w:r>
+            <w:r w:rsidR="009E67CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>finding supporting information in a text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57BD878E" w14:textId="77777777" w:rsidR="009E67CB" w:rsidRDefault="009E67CB" w:rsidP="009E67CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">working with words: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F75B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>related words</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="636B4BFE" w14:textId="402E1BF1" w:rsidR="003D0753" w:rsidRPr="009E67CB" w:rsidRDefault="003D0753" w:rsidP="009E67CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESDC: why is it important to make good choices </w:t>
+            </w:r>
+            <w:r w:rsidR="00C160C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>about what we eat?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="2BF50F46" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FC5FBE" w14:textId="5843AE5F" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13FAB1B9" w14:textId="0367BA8D" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 11</w:t>
+            </w:r>
+            <w:r w:rsidR="001A413E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59091A0E" w14:textId="23A6CB7C" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D39660C" w14:textId="18163416" w:rsidR="001609B9" w:rsidRPr="000C2AD0" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="001A413E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: giving opinions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0CC7D5" w14:textId="0B0744A3" w:rsidR="001609B9" w:rsidRPr="009F3F56" w:rsidRDefault="009F3F56" w:rsidP="001A413E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F3F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reported Speech – present tenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5AF851" w14:textId="0AC10EB1" w:rsidR="001609B9" w:rsidRPr="007A4BBE" w:rsidRDefault="009F3F56" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reporting what someone said</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="11681656" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AE0868" w14:textId="59CE19E9" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4485329B" w14:textId="1BD9A3A3" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 11</w:t>
+            </w:r>
+            <w:r w:rsidR="006D62B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7357ADB8" w14:textId="56F03046" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB1B099" w14:textId="60152BAC" w:rsidR="001609B9" w:rsidRDefault="006D62B1" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...63 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lose (lost), research</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F246C70" w14:textId="20170057" w:rsidR="006D62B1" w:rsidRDefault="006D62B1" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> w mowie zależnej</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>What’s wrong?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B05C04" w14:textId="1DD0C788" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C6B5C8" w14:textId="1006652F" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="00E76F49" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>indefinite pronouns and adverbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37389991" w14:textId="5EFA8BD2" w:rsidR="001609B9" w:rsidRPr="005513D9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="00E76F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>indefinite pronouns and adverbs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="1EF27342" w14:textId="77777777" w:rsidTr="00FE697C">
-[...255 lines deleted...]
-              <w:t>– układa informacje w określonym porządku</w:t>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="4EBC6C29" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D1E9C9" w14:textId="2D3A2DEF" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B84F5AF" w14:textId="7C0B7087" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 11</w:t>
+            </w:r>
+            <w:r w:rsidR="00A13D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612D9FBB" w14:textId="54A72C14" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E55B582" w14:textId="353D1C4F" w:rsidR="001609B9" w:rsidRPr="00733F27" w:rsidRDefault="00A13D34" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">believe, concentrate, </w:t>
+            </w:r>
+            <w:r w:rsidR="00330607">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>debate, exam, multi-tasking</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2920F746" w14:textId="1E3ADE4A" w:rsidR="001609B9" w:rsidRPr="003B5512" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BAF0FF" w14:textId="22C2263C" w:rsidR="001609B9" w:rsidRPr="0062216B" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">listening for </w:t>
+            </w:r>
+            <w:r w:rsidR="00330607">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>different opinions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="544CF9A8" w14:textId="77777777" w:rsidTr="00FE697C">
-[...261 lines deleted...]
-              <w:t>– znajduje w wypowiedzi określone informacje</w:t>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="3C0D4B25" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="255EF893" w14:textId="52578CCA" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6833B0DF" w14:textId="773CC957" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE3F5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>114-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D8E2EBF" w14:textId="6C71C77C" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 97</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE3F5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A424A9" w14:textId="2F826F56" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1F47FB" w14:textId="405F4AEF" w:rsidR="001609B9" w:rsidRPr="00953AF7" w:rsidRDefault="001609B9" w:rsidP="00953AF7">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C601C86" w14:textId="2AB6283A" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing a</w:t>
+            </w:r>
+            <w:r w:rsidR="00705567">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n opinion essay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E333859" w14:textId="2C195DB8" w:rsidR="001609B9" w:rsidRDefault="00A63A08" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>understanding the structure of an opinion essay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011920D5" w14:textId="77B3F907" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="00705567" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learning to lean: using topic sentences</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="2F9494D6" w14:textId="77777777" w:rsidTr="00FE697C">
-[...100 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="5DC0C56E" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F9D4FC" w14:textId="343A991F" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7513F56B" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="002E508A">
-[...139 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+          <w:p w14:paraId="0E9556BF" w14:textId="3C6F457D" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 116</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65089405" w14:textId="519A6E81" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00995556" w14:textId="2C98D0F4" w:rsidR="001609B9" w:rsidRPr="00A24007" w:rsidRDefault="00BD1F22" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>against, for, unfair</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1523775C" w14:textId="7DA1D95A" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="001424CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>giving opinions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA6BB59" w14:textId="045AB47E" w:rsidR="001609B9" w:rsidRPr="00EF6EBB" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="736DFE46" w14:textId="69469CBA" w:rsidR="001609B9" w:rsidRPr="0063148D" w:rsidRDefault="001424CA" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>taking part in a class debate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001609B9" w:rsidRPr="004F0B10" w14:paraId="22CF271B" w14:textId="77777777" w:rsidTr="003F1446">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7B44B2" w14:textId="563DFA3F" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6338B663" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="002E508A">
-[...85 lines deleted...]
-              <w:t>– stosuje formalny lub nieformalny styl wypowiedzi adekwatnie do sytuacji</w:t>
+          <w:p w14:paraId="23841AD8" w14:textId="77A83A63" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 117</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4762EC7F" w14:textId="52B48D97" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg.100-101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39178E51" w14:textId="2DF2FBD3" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BB8C85" w14:textId="4D22617E" w:rsidR="001609B9" w:rsidRPr="002E7DFE" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9B0A1C" w14:textId="2A65324D" w:rsidR="001609B9" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: evaluating </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0BAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>op</w:t>
+            </w:r>
+            <w:r w:rsidR="000B45FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tions</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0BAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and presenting a case</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510AB503" w14:textId="0D4832CF" w:rsidR="001609B9" w:rsidRPr="004F0B10" w:rsidRDefault="001609B9" w:rsidP="001609B9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit 9 test </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="55122AE9" w14:textId="77777777" w:rsidTr="00FE697C">
-[...1085 lines deleted...]
-              <w:t>UNIT 10 Log on</w:t>
+      <w:tr w:rsidR="00417A56" w:rsidRPr="00BB1445" w14:paraId="58668919" w14:textId="77777777" w:rsidTr="00BF739A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CB9B7F" w14:textId="7C28E3EB" w:rsidR="00417A56" w:rsidRPr="00BB1445" w:rsidRDefault="00417A56" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reading </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529F4762" w14:textId="6BF1F047" w:rsidR="00417A56" w:rsidRPr="00BB1445" w:rsidRDefault="00417A56" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D9618E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>118-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00656433">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="438258DD" w14:textId="77777777" w:rsidR="00417A56" w:rsidRPr="00BB1445" w:rsidRDefault="00417A56" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A97DD17" w14:textId="77777777" w:rsidR="00417A56" w:rsidRPr="00BB1445" w:rsidRDefault="00417A56" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F09AE26" w14:textId="77777777" w:rsidR="00417A56" w:rsidRPr="00BB1445" w:rsidRDefault="00417A56" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216AA5C6" w14:textId="3A318E13" w:rsidR="00417A56" w:rsidRPr="00BB1445" w:rsidRDefault="00417A56" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC6C3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00600E29">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n information text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63155B7C" w14:textId="77777777" w:rsidR="00417A56" w:rsidRDefault="00417A56" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB1445">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>developing reading fluency</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="136658BA" w14:textId="3C4DD6A0" w:rsidR="00656433" w:rsidRPr="00C76D48" w:rsidRDefault="00656433" w:rsidP="00BF739A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>giving a personal response to a text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D8F7C0E" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78">
+    <w:p w14:paraId="305C1FA2" w14:textId="77777777" w:rsidR="009D3676" w:rsidRDefault="009D3676" w:rsidP="00C02AEF">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="505924D7" w14:textId="1BB95770" w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w:rsidRDefault="00C02AEF" w:rsidP="00C02AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2357"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4725"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="442BFE2B" w14:textId="77777777" w:rsidTr="002E508A">
-[...34 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w14:paraId="27C3E15E" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E735D5" w14:textId="77777777" w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w:rsidRDefault="00C02AEF" w:rsidP="002D0C91">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lesson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F08EB2B" w14:textId="77777777" w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w:rsidRDefault="00C02AEF" w:rsidP="002D0C91">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vocabulary and topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4432B2B4" w14:textId="77777777" w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w:rsidRDefault="00C02AEF" w:rsidP="002D0C91">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FE7463" w14:textId="77777777" w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w:rsidRDefault="00C02AEF" w:rsidP="002D0C91">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:t>Czynności ucznia</w:t>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functions, competences and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="719B36A0" w14:textId="77777777" w:rsidTr="002E508A">
-[...105 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="67CD7618" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A9A01A" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266FCDD4" w14:textId="72E4E558" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 122-123</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A380353" w14:textId="1A9C99D0" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7183A0C7" w14:textId="1868426E" w:rsidR="00681B43" w:rsidRPr="00D6553D" w:rsidRDefault="00D73671" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cancel (cancelled), </w:t>
+            </w:r>
+            <w:r w:rsidR="003B7972">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>crime, prove, receipt, robbery, solve (solved), statement, suspect, tell (telling) the truth, valuable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BBF351" w14:textId="77777777" w:rsidR="00681B43" w:rsidRPr="00077BE3" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A4D706" w14:textId="14A5C935" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading </w:t>
+            </w:r>
+            <w:r w:rsidR="00610825">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a play script</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="793B0220" w14:textId="60A3BDAF" w:rsidR="00681B43" w:rsidRPr="00FD4497" w:rsidRDefault="00681B43" w:rsidP="00FD4497">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill: </w:t>
+            </w:r>
+            <w:r w:rsidR="00610825">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>scanning for main facts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="5982AC9A" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="503859D9" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDBBF96" w14:textId="76458E7D" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 124</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3551AA98" w14:textId="71825D2F" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="190A5F8A" w14:textId="24295011" w:rsidR="00681B43" w:rsidRPr="009C55ED" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E61F5CB" w14:textId="77777777" w:rsidR="00681B43" w:rsidRPr="00077BE3" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47756C3F" w14:textId="5C182ED5" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reading skill and learning to learn: finding </w:t>
+            </w:r>
+            <w:r w:rsidR="00A33B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>key information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F1F295D" w14:textId="3AC32E34" w:rsidR="00681B43" w:rsidRPr="009B1543" w:rsidRDefault="00681B43" w:rsidP="009B1543">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">working with words: </w:t>
+            </w:r>
+            <w:r w:rsidR="009122DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>suffixes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="00655A83" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0524654B" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604E9D73" w14:textId="0F8368A1" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 12</w:t>
+            </w:r>
+            <w:r w:rsidR="009B1543">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42FB2F40" w14:textId="5EB9C48B" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3950885C" w14:textId="5000A5ED" w:rsidR="00681B43" w:rsidRPr="00A02B4C" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">recycled vocabulary: </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD411F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>crime and mysteries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="618C10A7" w14:textId="5A87AA6A" w:rsidR="00681B43" w:rsidRPr="00FD411F" w:rsidRDefault="00FD411F" w:rsidP="00FD411F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">question tags: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to be</w:t>
+            </w:r>
+            <w:r w:rsidR="00745356">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, can, </w:t>
+            </w:r>
+            <w:r w:rsidR="00745356">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Present Simple</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE4A39C" w14:textId="1A930F0F" w:rsidR="00681B43" w:rsidRPr="0052203E" w:rsidRDefault="00745356" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using question tags to confirm information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="619F119B" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4E07F7" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E8F6526" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="002E508A">
-[...87 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+          <w:p w14:paraId="0B94674D" w14:textId="61D9EC72" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 126</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="574BAB4B" w14:textId="4B596628" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6509D68F" w14:textId="2A70BFAA" w:rsidR="00681B43" w:rsidRDefault="0032536B" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>behave, cafeteria, smart</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF7508A" w14:textId="45790603" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D96E04" w14:textId="29E0CF9C" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="0032536B" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modal verbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5E458D" w14:textId="47010818" w:rsidR="00681B43" w:rsidRPr="005513D9" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using </w:t>
+            </w:r>
+            <w:r w:rsidR="0032536B">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modal verbs to talk about an event</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="4DAA27DA" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7349EA" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FC51A16" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="002E508A">
-[...34 lines deleted...]
-              <w:t>KULTURA: media</w:t>
+          <w:p w14:paraId="17E77159" w14:textId="37C0208E" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 12</w:t>
+            </w:r>
+            <w:r w:rsidR="00015E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24F426EB" w14:textId="768C02F8" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 106</w:t>
+            </w:r>
+            <w:r w:rsidR="00015E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE536E5" w14:textId="1D77D993" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="0075180B" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>culture, flow, north, remove, south, surface</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3D1707" w14:textId="7E5A89DA" w:rsidR="00681B43" w:rsidRPr="00BF5A8D" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="061F2C16" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">listening </w:t>
+            </w:r>
+            <w:r w:rsidR="00626B76">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to a talk and taking notes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4629D3AB" w14:textId="795303F5" w:rsidR="00FA11C0" w:rsidRPr="004F0B10" w:rsidRDefault="00FA11C0" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ESDC: why is it important to protect your cultural heritage?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="79D6D927" w14:textId="77777777" w:rsidTr="002E508A">
-[...81 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="69D1F887" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C7C325" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="719619F6" w14:textId="54461837" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">PB pg. </w:t>
+            </w:r>
+            <w:r w:rsidR="007F2583">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>128-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266EE310" w14:textId="07728F6E" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 107</w:t>
+            </w:r>
+            <w:r w:rsidR="00834DF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0709977C" w14:textId="53632D9B" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16052C24" w14:textId="172D21B8" w:rsidR="00681B43" w:rsidRPr="00212ADC" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="168B6B39" w14:textId="655945FD" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing a</w:t>
+            </w:r>
+            <w:r w:rsidR="0077401C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> play script</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9D1C21" w14:textId="1FB4554B" w:rsidR="00681B43" w:rsidRDefault="0077401C" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>recognising features of a play script</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C1A489" w14:textId="30914718" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">learning to lean: </w:t>
+            </w:r>
+            <w:r w:rsidR="00352BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>self-motivation for passing end-of-year tests and exams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="1FB4DDA7" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37384E4D" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+          </w:p>
+          <w:p w14:paraId="0620B219" w14:textId="16C1CEC6" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 130</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F5D1F8E" w14:textId="5070AEFE" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E76B3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9C22AF" w14:textId="403F3D77" w:rsidR="00681B43" w:rsidRPr="00A24007" w:rsidRDefault="00EB169E" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...33 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>break into, clue</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22906673" w14:textId="32BB907A" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB169E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>crime and myster</w:t>
+            </w:r>
+            <w:r w:rsidR="00572011">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB169E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B717C8" w14:textId="7A298FAB" w:rsidR="00681B43" w:rsidRPr="00696BD0" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C57CF35" w14:textId="2AE9D7BD" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00E76B3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>elling a mystery story</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681B43" w:rsidRPr="004F0B10" w14:paraId="1E7A2310" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A80863" w14:textId="77777777" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001E69CE">
-[...59 lines deleted...]
-              <w:t>have something done</w:t>
+          </w:p>
+          <w:p w14:paraId="6156AB0F" w14:textId="7C8756F2" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 131</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54ED4A45" w14:textId="6E68ABCD" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WB pg. 110-111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E472185" w14:textId="296DD5F6" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled vocabulary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DDA6BB" w14:textId="630E1A7B" w:rsidR="00681B43" w:rsidRPr="002E7DFE" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recycled grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="309D6AE7" w14:textId="688C5CEB" w:rsidR="00681B43" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applying thinking skills: </w:t>
+            </w:r>
+            <w:r w:rsidR="0057792F">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>speculating and making deductions about someone’s identity</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CAEF1AC" w14:textId="33DA354C" w:rsidR="00681B43" w:rsidRPr="004F0B10" w:rsidRDefault="00681B43" w:rsidP="00681B43">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">optional/additional: Unit </w:t>
+            </w:r>
+            <w:r w:rsidR="00D64F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="3796A4A4" w14:textId="77777777" w:rsidTr="002E508A">
-[...249 lines deleted...]
-              <w:t>– odróżnia informacje o faktach od opinii</w:t>
+      <w:tr w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w14:paraId="1993091E" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9FCC8B" w14:textId="4093CC49" w:rsidR="00C02AEF" w:rsidRDefault="00C02AEF" w:rsidP="002D0C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Review 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D8B0A71" w14:textId="57C9D8AA" w:rsidR="00C02AEF" w:rsidRPr="004F0B10" w:rsidRDefault="00C02AEF" w:rsidP="002D0C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PB pg. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00260FBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="001420E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707110A9" w14:textId="6D3CC105" w:rsidR="00C02AEF" w:rsidRPr="00596C45" w:rsidRDefault="00596C45" w:rsidP="00596C45">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>revision of vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE17C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from Units 9 and 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74435351" w14:textId="2D1291C6" w:rsidR="00C02AEF" w:rsidRPr="002E7DFE" w:rsidRDefault="00C02AEF" w:rsidP="00DE17C6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>revision of grammar from Unit</w:t>
+            </w:r>
+            <w:r w:rsidR="009D39F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r w:rsidR="009D39F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5244EA20" w14:textId="4FB30E40" w:rsidR="00C02AEF" w:rsidRDefault="009D39F6" w:rsidP="002D0C91">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6088E">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grammar from Units 9 and 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B7AC80D" w14:textId="77777777" w:rsidR="00BA0B98" w:rsidRDefault="00EF10BC" w:rsidP="00DE17C6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CYLE: A</w:t>
+            </w:r>
+            <w:r w:rsidR="00336840">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00336840">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fly</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE17C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE41E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading and Writing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="009A6E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004D261C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C437A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Speaking</w:t>
+            </w:r>
+            <w:r w:rsidR="004D261C">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Part </w:t>
+            </w:r>
+            <w:r w:rsidR="006C437A">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E05112" w14:textId="272F749D" w:rsidR="00720C24" w:rsidRPr="00DE17C6" w:rsidRDefault="00720C24" w:rsidP="00DE17C6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognising and evaluating own progress</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E69CE" w:rsidRPr="001E69CE" w14:paraId="0972F3A2" w14:textId="77777777" w:rsidTr="002E508A">
-[...1532 lines deleted...]
-              <w:t>– posiada świadomość językową</w:t>
+      <w:tr w:rsidR="005973A5" w:rsidRPr="005973A5" w14:paraId="7E60F23B" w14:textId="77777777" w:rsidTr="002D0C91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D174C1" w14:textId="169F1D4D" w:rsidR="005973A5" w:rsidRPr="005973A5" w:rsidRDefault="005973A5" w:rsidP="005973A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005973A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>End-of-Year Test</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5678D412" w14:textId="5D65CD7E" w:rsidR="005973A5" w:rsidRPr="005973A5" w:rsidRDefault="005973A5" w:rsidP="005973A5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005973A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing vocabulary: Units 1-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="746CAD13" w14:textId="314AFF4E" w:rsidR="005973A5" w:rsidRPr="005973A5" w:rsidRDefault="005973A5" w:rsidP="005973A5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005973A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reviewing grammar: Units 1-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08389962" w14:textId="1BFB528C" w:rsidR="005973A5" w:rsidRPr="005973A5" w:rsidRDefault="005973A5" w:rsidP="005973A5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>End-of-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005973A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Year test</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D9828A2" w14:textId="77777777" w:rsidR="001A3F78" w:rsidRPr="001E69CE" w:rsidRDefault="001A3F78" w:rsidP="001A3F78"/>
-[...5 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:p w14:paraId="6159E2A8" w14:textId="77777777" w:rsidR="00C02AEF" w:rsidRPr="009F285B" w:rsidRDefault="00C02AEF" w:rsidP="001D6A56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C02AEF" w:rsidRPr="009F285B" w:rsidSect="000862D0">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FA18D15" w14:textId="77777777" w:rsidR="00AD1322" w:rsidRDefault="00AD1322" w:rsidP="00B70299">
+    <w:p w14:paraId="531D7E0D" w14:textId="77777777" w:rsidR="000862D0" w:rsidRDefault="000862D0" w:rsidP="00EF14B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A0A4FB0" w14:textId="77777777" w:rsidR="00AD1322" w:rsidRDefault="00AD1322" w:rsidP="00B70299">
+    <w:p w14:paraId="2B1B19F2" w14:textId="77777777" w:rsidR="000862D0" w:rsidRDefault="000862D0" w:rsidP="00EF14B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Candara">
+    <w:panose1 w:val="020E0502030303020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...26 lines deleted...]
-    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="29CA6A84" w14:textId="77777777" w:rsidR="001C4667" w:rsidRPr="00E21483" w:rsidRDefault="00E21483" w:rsidP="00E21483">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7ED0A157" w14:textId="48ACC581" w:rsidR="00EF14B0" w:rsidRPr="00EF14B0" w:rsidRDefault="00EF14B0" w:rsidP="00EF14B0">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:tabs>
-[...7 lines deleted...]
-        <w:lang w:eastAsia="en-US"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D976FE">
-[...3 lines deleted...]
-      <w:t>Checkpoint A2+/B1</w:t>
+    <w:r w:rsidRPr="00EF14B0">
+      <w:rPr>
+        <w:sz w:val="14"/>
+      </w:rPr>
+      <w:t>©Macmillan Polska 20</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> Plan wynikowy</w:t>
+    <w:r w:rsidR="005A5D1E">
+      <w:rPr>
+        <w:sz w:val="14"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> © Macmillan Polska 2019</w:t>
+    <w:r w:rsidR="001926DE">
+      <w:rPr>
+        <w:sz w:val="14"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FE38595" w14:textId="77777777" w:rsidR="00AD1322" w:rsidRDefault="00AD1322" w:rsidP="00B70299">
+    <w:p w14:paraId="0EC23D5B" w14:textId="77777777" w:rsidR="000862D0" w:rsidRDefault="000862D0" w:rsidP="00EF14B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B315C27" w14:textId="77777777" w:rsidR="00AD1322" w:rsidRDefault="00AD1322" w:rsidP="00B70299">
+    <w:p w14:paraId="5DB6944B" w14:textId="77777777" w:rsidR="000862D0" w:rsidRDefault="000862D0" w:rsidP="00EF14B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4202DFC1" w14:textId="77777777" w:rsidR="00E21483" w:rsidRDefault="00E21483" w:rsidP="00E21483">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4B0B3F82" w14:textId="60B552CC" w:rsidR="00EF14B0" w:rsidRDefault="00EF14B0" w:rsidP="00EF14B0">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
-      <w:pBdr>
-[...1 lines deleted...]
-      </w:pBdr>
       <w:jc w:val="right"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E21483">
-[...4 lines deleted...]
-      <w:t>Strona</w:t>
+    <w:r w:rsidRPr="00EF14B0">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="711F0772" wp14:editId="7997ECA3">
+          <wp:extent cx="1190625" cy="486312"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:docPr id="2" name="Obraz 2" descr="Z:\ROBS 2016\OGÓLNE\Logo\Nowy Macmillan\Mac_Ed_divisional_logo_JPEG\M_Ed_10cm.jpg"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2" descr="Z:\ROBS 2016\OGÓLNE\Logo\Nowy Macmillan\Mac_Ed_divisional_logo_JPEG\M_Ed_10cm.jpg"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1196983" cy="488909"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
-    <w:r>
-[...30 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0283026B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8163C86"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03AF735D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C43A80CA"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="049864C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16FC4814"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06FC3077"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17DA840A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BB6F28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E93401AC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AF75805"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6302C2A0"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CE55397"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="040EC8A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10FC3695"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="655A897E"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EC054D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7AF6B9BC"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="221131C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDE4B530"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23D439F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68E21902"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="256E2007"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8E2E65A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25C82FC7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A2085D6"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AF8265F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C3A3972"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BCC5C71"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61E278DE"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B392AFC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7BE8ECCA"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41C15A91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7EA4FCFA"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="427962F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDF0D4E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42C5333A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4A66258"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45452074"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85D4BAA4"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47DB670A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="367A4C40"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B12297B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0054FBF8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51CF364D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2452C47A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58EE7D61"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C28AA6A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A717742"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7BA609DE"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AA2490D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="60586498"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BB91BE1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB861DC8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62B63100"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04EC367E"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="661D2F8B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0047626"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67294CBA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97566CAE"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67A56CBF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0598DA30"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6876506D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40848146"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A5F160D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="56068C38"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D065A39"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4F07746"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DC030D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C2C39A0"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72E76941"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8286E3C2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="676735632">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1778868618">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="459878828">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1142774595">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="963541417">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="530260648">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="737479281">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="651300648">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="356277077">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2088839544">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="696345122">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="765613594">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="925846611">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="367723437">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1711607">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="520238416">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="430586466">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1622496047">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1810318489">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="141702492">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="166096393">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="580412018">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="2042775421">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="48962403">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1149008646">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1756701562">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1029721624">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1441993980">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="13960961">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="714500857">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1406143460">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="927468432">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1298225076">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1499274810">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="524830533">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="757755320">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
-[...1 lines deleted...]
-  <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:defaultTableStyle w:val="Normalny"/>
-[...6 lines deleted...]
-  <w:drawingGridVerticalOrigin w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009E35E3"/>
-[...238 lines deleted...]
-    <w:rsid w:val="00FE697C"/>
+    <w:rsidRoot w:val="00484FA2"/>
+    <w:rsid w:val="0000196B"/>
+    <w:rsid w:val="00002FEC"/>
+    <w:rsid w:val="000038B2"/>
+    <w:rsid w:val="00005780"/>
+    <w:rsid w:val="0000602F"/>
+    <w:rsid w:val="000061CA"/>
+    <w:rsid w:val="00006D39"/>
+    <w:rsid w:val="00007AD2"/>
+    <w:rsid w:val="000111C5"/>
+    <w:rsid w:val="00011D85"/>
+    <w:rsid w:val="00013E0D"/>
+    <w:rsid w:val="000144C2"/>
+    <w:rsid w:val="00015E2F"/>
+    <w:rsid w:val="000164F9"/>
+    <w:rsid w:val="00016A93"/>
+    <w:rsid w:val="00017327"/>
+    <w:rsid w:val="000176D1"/>
+    <w:rsid w:val="00020830"/>
+    <w:rsid w:val="00020AF0"/>
+    <w:rsid w:val="00022CBE"/>
+    <w:rsid w:val="000251B6"/>
+    <w:rsid w:val="000258F1"/>
+    <w:rsid w:val="00025A6D"/>
+    <w:rsid w:val="00025B27"/>
+    <w:rsid w:val="00026555"/>
+    <w:rsid w:val="000279F3"/>
+    <w:rsid w:val="00027CCA"/>
+    <w:rsid w:val="00027F49"/>
+    <w:rsid w:val="00030721"/>
+    <w:rsid w:val="0003150C"/>
+    <w:rsid w:val="00032878"/>
+    <w:rsid w:val="000335C3"/>
+    <w:rsid w:val="00034637"/>
+    <w:rsid w:val="00034B9D"/>
+    <w:rsid w:val="00035675"/>
+    <w:rsid w:val="00036FB1"/>
+    <w:rsid w:val="00040B31"/>
+    <w:rsid w:val="00040C02"/>
+    <w:rsid w:val="00040FA7"/>
+    <w:rsid w:val="00041052"/>
+    <w:rsid w:val="00041A2E"/>
+    <w:rsid w:val="00042627"/>
+    <w:rsid w:val="00042AC4"/>
+    <w:rsid w:val="0004320E"/>
+    <w:rsid w:val="00043403"/>
+    <w:rsid w:val="000446AC"/>
+    <w:rsid w:val="00044DF8"/>
+    <w:rsid w:val="000453DE"/>
+    <w:rsid w:val="000470EC"/>
+    <w:rsid w:val="00051836"/>
+    <w:rsid w:val="0005191A"/>
+    <w:rsid w:val="00051F47"/>
+    <w:rsid w:val="0005334D"/>
+    <w:rsid w:val="00053B13"/>
+    <w:rsid w:val="00053EEF"/>
+    <w:rsid w:val="00057EC0"/>
+    <w:rsid w:val="00060B99"/>
+    <w:rsid w:val="00060E28"/>
+    <w:rsid w:val="00062174"/>
+    <w:rsid w:val="000621A3"/>
+    <w:rsid w:val="00062FD7"/>
+    <w:rsid w:val="00063FA1"/>
+    <w:rsid w:val="00064059"/>
+    <w:rsid w:val="00064931"/>
+    <w:rsid w:val="000649F6"/>
+    <w:rsid w:val="00064B22"/>
+    <w:rsid w:val="00064D55"/>
+    <w:rsid w:val="0006530B"/>
+    <w:rsid w:val="000659C7"/>
+    <w:rsid w:val="00066254"/>
+    <w:rsid w:val="00066607"/>
+    <w:rsid w:val="00070584"/>
+    <w:rsid w:val="00070A50"/>
+    <w:rsid w:val="00070B6C"/>
+    <w:rsid w:val="000712C4"/>
+    <w:rsid w:val="00071812"/>
+    <w:rsid w:val="000726B4"/>
+    <w:rsid w:val="00075877"/>
+    <w:rsid w:val="000761AE"/>
+    <w:rsid w:val="0007780B"/>
+    <w:rsid w:val="00077BE3"/>
+    <w:rsid w:val="00080A74"/>
+    <w:rsid w:val="0008118D"/>
+    <w:rsid w:val="00081E64"/>
+    <w:rsid w:val="000830DB"/>
+    <w:rsid w:val="00083CCE"/>
+    <w:rsid w:val="00084609"/>
+    <w:rsid w:val="00084AC6"/>
+    <w:rsid w:val="000862D0"/>
+    <w:rsid w:val="000869FC"/>
+    <w:rsid w:val="000908FB"/>
+    <w:rsid w:val="000917E1"/>
+    <w:rsid w:val="00094F8D"/>
+    <w:rsid w:val="0009574C"/>
+    <w:rsid w:val="00095D22"/>
+    <w:rsid w:val="000968FD"/>
+    <w:rsid w:val="00096E60"/>
+    <w:rsid w:val="000A05B8"/>
+    <w:rsid w:val="000A1771"/>
+    <w:rsid w:val="000A2521"/>
+    <w:rsid w:val="000A2BEB"/>
+    <w:rsid w:val="000A2CFE"/>
+    <w:rsid w:val="000A36D6"/>
+    <w:rsid w:val="000A37B2"/>
+    <w:rsid w:val="000A4C50"/>
+    <w:rsid w:val="000A68B6"/>
+    <w:rsid w:val="000A6986"/>
+    <w:rsid w:val="000A6A96"/>
+    <w:rsid w:val="000A7728"/>
+    <w:rsid w:val="000B02A1"/>
+    <w:rsid w:val="000B09E4"/>
+    <w:rsid w:val="000B0CE9"/>
+    <w:rsid w:val="000B0DA3"/>
+    <w:rsid w:val="000B1400"/>
+    <w:rsid w:val="000B2C06"/>
+    <w:rsid w:val="000B3DF8"/>
+    <w:rsid w:val="000B4548"/>
+    <w:rsid w:val="000B45FA"/>
+    <w:rsid w:val="000B594B"/>
+    <w:rsid w:val="000B5C6E"/>
+    <w:rsid w:val="000B6492"/>
+    <w:rsid w:val="000B7532"/>
+    <w:rsid w:val="000B7739"/>
+    <w:rsid w:val="000B7BF6"/>
+    <w:rsid w:val="000C0832"/>
+    <w:rsid w:val="000C0E56"/>
+    <w:rsid w:val="000C1E12"/>
+    <w:rsid w:val="000C20A4"/>
+    <w:rsid w:val="000C20CF"/>
+    <w:rsid w:val="000C2AD0"/>
+    <w:rsid w:val="000C2C1F"/>
+    <w:rsid w:val="000C5458"/>
+    <w:rsid w:val="000C6A94"/>
+    <w:rsid w:val="000D0852"/>
+    <w:rsid w:val="000D1772"/>
+    <w:rsid w:val="000D2E9E"/>
+    <w:rsid w:val="000D468C"/>
+    <w:rsid w:val="000D4825"/>
+    <w:rsid w:val="000D522E"/>
+    <w:rsid w:val="000D6E42"/>
+    <w:rsid w:val="000E06A2"/>
+    <w:rsid w:val="000E0CFF"/>
+    <w:rsid w:val="000E215A"/>
+    <w:rsid w:val="000E26AC"/>
+    <w:rsid w:val="000E3C09"/>
+    <w:rsid w:val="000E413A"/>
+    <w:rsid w:val="000E42E5"/>
+    <w:rsid w:val="000E43ED"/>
+    <w:rsid w:val="000E5966"/>
+    <w:rsid w:val="000E7632"/>
+    <w:rsid w:val="000E7C97"/>
+    <w:rsid w:val="000F0C77"/>
+    <w:rsid w:val="000F20B5"/>
+    <w:rsid w:val="000F3A06"/>
+    <w:rsid w:val="000F64A8"/>
+    <w:rsid w:val="000F6E82"/>
+    <w:rsid w:val="000F7158"/>
+    <w:rsid w:val="001007A0"/>
+    <w:rsid w:val="0010110B"/>
+    <w:rsid w:val="0010532C"/>
+    <w:rsid w:val="001067B2"/>
+    <w:rsid w:val="00106E32"/>
+    <w:rsid w:val="001102AD"/>
+    <w:rsid w:val="0011228B"/>
+    <w:rsid w:val="00113A28"/>
+    <w:rsid w:val="0011466B"/>
+    <w:rsid w:val="00115815"/>
+    <w:rsid w:val="00115AD9"/>
+    <w:rsid w:val="00115EA8"/>
+    <w:rsid w:val="00120C39"/>
+    <w:rsid w:val="00121A98"/>
+    <w:rsid w:val="00122686"/>
+    <w:rsid w:val="00122B09"/>
+    <w:rsid w:val="00123046"/>
+    <w:rsid w:val="001256CC"/>
+    <w:rsid w:val="001264EA"/>
+    <w:rsid w:val="0013087A"/>
+    <w:rsid w:val="00131900"/>
+    <w:rsid w:val="00131963"/>
+    <w:rsid w:val="00132501"/>
+    <w:rsid w:val="001328E3"/>
+    <w:rsid w:val="00132D7A"/>
+    <w:rsid w:val="001334B4"/>
+    <w:rsid w:val="00133E54"/>
+    <w:rsid w:val="00134C00"/>
+    <w:rsid w:val="00134D0D"/>
+    <w:rsid w:val="0013542F"/>
+    <w:rsid w:val="00135B79"/>
+    <w:rsid w:val="001362FC"/>
+    <w:rsid w:val="001370E3"/>
+    <w:rsid w:val="00137611"/>
+    <w:rsid w:val="00141ABF"/>
+    <w:rsid w:val="001420E8"/>
+    <w:rsid w:val="001424CA"/>
+    <w:rsid w:val="00142DAE"/>
+    <w:rsid w:val="00142E4B"/>
+    <w:rsid w:val="001449DE"/>
+    <w:rsid w:val="001461B3"/>
+    <w:rsid w:val="001503C1"/>
+    <w:rsid w:val="00151B9B"/>
+    <w:rsid w:val="00154D2A"/>
+    <w:rsid w:val="00154D31"/>
+    <w:rsid w:val="00156B72"/>
+    <w:rsid w:val="00156FD5"/>
+    <w:rsid w:val="001571F9"/>
+    <w:rsid w:val="001609B9"/>
+    <w:rsid w:val="00161572"/>
+    <w:rsid w:val="001628F7"/>
+    <w:rsid w:val="00163057"/>
+    <w:rsid w:val="001641C1"/>
+    <w:rsid w:val="00165993"/>
+    <w:rsid w:val="00173BFF"/>
+    <w:rsid w:val="00173FB8"/>
+    <w:rsid w:val="0017437E"/>
+    <w:rsid w:val="00174F83"/>
+    <w:rsid w:val="00175635"/>
+    <w:rsid w:val="00176021"/>
+    <w:rsid w:val="0017665B"/>
+    <w:rsid w:val="0017712D"/>
+    <w:rsid w:val="00180C52"/>
+    <w:rsid w:val="00182732"/>
+    <w:rsid w:val="00182C41"/>
+    <w:rsid w:val="00185144"/>
+    <w:rsid w:val="001854BC"/>
+    <w:rsid w:val="00185648"/>
+    <w:rsid w:val="0018692E"/>
+    <w:rsid w:val="00187516"/>
+    <w:rsid w:val="00190631"/>
+    <w:rsid w:val="0019071D"/>
+    <w:rsid w:val="0019074F"/>
+    <w:rsid w:val="00190774"/>
+    <w:rsid w:val="00190894"/>
+    <w:rsid w:val="001908A1"/>
+    <w:rsid w:val="00191269"/>
+    <w:rsid w:val="00192176"/>
+    <w:rsid w:val="00192444"/>
+    <w:rsid w:val="001926DE"/>
+    <w:rsid w:val="00192762"/>
+    <w:rsid w:val="00192B70"/>
+    <w:rsid w:val="001934C4"/>
+    <w:rsid w:val="00193C20"/>
+    <w:rsid w:val="001941A7"/>
+    <w:rsid w:val="001956C8"/>
+    <w:rsid w:val="00196CA3"/>
+    <w:rsid w:val="00197406"/>
+    <w:rsid w:val="00197D0D"/>
+    <w:rsid w:val="001A0181"/>
+    <w:rsid w:val="001A093A"/>
+    <w:rsid w:val="001A19ED"/>
+    <w:rsid w:val="001A1DAA"/>
+    <w:rsid w:val="001A3637"/>
+    <w:rsid w:val="001A413E"/>
+    <w:rsid w:val="001A5426"/>
+    <w:rsid w:val="001A5B2A"/>
+    <w:rsid w:val="001B1565"/>
+    <w:rsid w:val="001B18A7"/>
+    <w:rsid w:val="001B2685"/>
+    <w:rsid w:val="001B2A3C"/>
+    <w:rsid w:val="001C01F5"/>
+    <w:rsid w:val="001C0AA4"/>
+    <w:rsid w:val="001C10D9"/>
+    <w:rsid w:val="001C1291"/>
+    <w:rsid w:val="001C22AE"/>
+    <w:rsid w:val="001C232E"/>
+    <w:rsid w:val="001C2C87"/>
+    <w:rsid w:val="001C3707"/>
+    <w:rsid w:val="001C59DA"/>
+    <w:rsid w:val="001C77B9"/>
+    <w:rsid w:val="001D22C5"/>
+    <w:rsid w:val="001D4B82"/>
+    <w:rsid w:val="001D4C4D"/>
+    <w:rsid w:val="001D69FA"/>
+    <w:rsid w:val="001D6A56"/>
+    <w:rsid w:val="001D745E"/>
+    <w:rsid w:val="001E05F0"/>
+    <w:rsid w:val="001E1516"/>
+    <w:rsid w:val="001E1BA7"/>
+    <w:rsid w:val="001E2653"/>
+    <w:rsid w:val="001E30D4"/>
+    <w:rsid w:val="001E3A38"/>
+    <w:rsid w:val="001E4131"/>
+    <w:rsid w:val="001E4D58"/>
+    <w:rsid w:val="001E7694"/>
+    <w:rsid w:val="001E7D0C"/>
+    <w:rsid w:val="001F00DE"/>
+    <w:rsid w:val="001F095B"/>
+    <w:rsid w:val="001F282C"/>
+    <w:rsid w:val="001F306A"/>
+    <w:rsid w:val="001F3A86"/>
+    <w:rsid w:val="001F3F5E"/>
+    <w:rsid w:val="001F477C"/>
+    <w:rsid w:val="001F5DD9"/>
+    <w:rsid w:val="001F5F2E"/>
+    <w:rsid w:val="001F5FAC"/>
+    <w:rsid w:val="00200F79"/>
+    <w:rsid w:val="00201B84"/>
+    <w:rsid w:val="002021EC"/>
+    <w:rsid w:val="00202CAF"/>
+    <w:rsid w:val="00205377"/>
+    <w:rsid w:val="00206050"/>
+    <w:rsid w:val="00207AE2"/>
+    <w:rsid w:val="00211846"/>
+    <w:rsid w:val="002120F6"/>
+    <w:rsid w:val="002121D7"/>
+    <w:rsid w:val="00212ADC"/>
+    <w:rsid w:val="0021633D"/>
+    <w:rsid w:val="00216BDE"/>
+    <w:rsid w:val="00217E5E"/>
+    <w:rsid w:val="00217EA5"/>
+    <w:rsid w:val="00217F38"/>
+    <w:rsid w:val="0022006A"/>
+    <w:rsid w:val="00220E64"/>
+    <w:rsid w:val="002212BC"/>
+    <w:rsid w:val="0022391D"/>
+    <w:rsid w:val="00224184"/>
+    <w:rsid w:val="0022433B"/>
+    <w:rsid w:val="002249F8"/>
+    <w:rsid w:val="00224DE8"/>
+    <w:rsid w:val="002257E4"/>
+    <w:rsid w:val="0022593F"/>
+    <w:rsid w:val="0022785F"/>
+    <w:rsid w:val="002278AD"/>
+    <w:rsid w:val="002306EC"/>
+    <w:rsid w:val="0023187C"/>
+    <w:rsid w:val="00233AD7"/>
+    <w:rsid w:val="002340DA"/>
+    <w:rsid w:val="00234B9F"/>
+    <w:rsid w:val="00234D9B"/>
+    <w:rsid w:val="00234DA7"/>
+    <w:rsid w:val="002371A4"/>
+    <w:rsid w:val="00237227"/>
+    <w:rsid w:val="0024052D"/>
+    <w:rsid w:val="0024185C"/>
+    <w:rsid w:val="00241B31"/>
+    <w:rsid w:val="00241E0A"/>
+    <w:rsid w:val="00241F7D"/>
+    <w:rsid w:val="00242686"/>
+    <w:rsid w:val="002426CA"/>
+    <w:rsid w:val="00243F59"/>
+    <w:rsid w:val="00244550"/>
+    <w:rsid w:val="002445C8"/>
+    <w:rsid w:val="002454C6"/>
+    <w:rsid w:val="00245DCB"/>
+    <w:rsid w:val="0024651F"/>
+    <w:rsid w:val="00246866"/>
+    <w:rsid w:val="0024691A"/>
+    <w:rsid w:val="00247119"/>
+    <w:rsid w:val="00247C90"/>
+    <w:rsid w:val="00250ABF"/>
+    <w:rsid w:val="00253AD5"/>
+    <w:rsid w:val="00253E7F"/>
+    <w:rsid w:val="00254547"/>
+    <w:rsid w:val="0025602E"/>
+    <w:rsid w:val="002563B3"/>
+    <w:rsid w:val="00257B76"/>
+    <w:rsid w:val="00257FD8"/>
+    <w:rsid w:val="0026034E"/>
+    <w:rsid w:val="00260FBB"/>
+    <w:rsid w:val="00262A7B"/>
+    <w:rsid w:val="0026450C"/>
+    <w:rsid w:val="00270CB4"/>
+    <w:rsid w:val="00271103"/>
+    <w:rsid w:val="00272AE6"/>
+    <w:rsid w:val="00272ED2"/>
+    <w:rsid w:val="0027448A"/>
+    <w:rsid w:val="00274B72"/>
+    <w:rsid w:val="0027624A"/>
+    <w:rsid w:val="002825F5"/>
+    <w:rsid w:val="00283067"/>
+    <w:rsid w:val="002832F2"/>
+    <w:rsid w:val="00283B3F"/>
+    <w:rsid w:val="00283DA3"/>
+    <w:rsid w:val="00283F89"/>
+    <w:rsid w:val="00284753"/>
+    <w:rsid w:val="00285417"/>
+    <w:rsid w:val="0029094E"/>
+    <w:rsid w:val="00291266"/>
+    <w:rsid w:val="002920A9"/>
+    <w:rsid w:val="00293735"/>
+    <w:rsid w:val="00293E5A"/>
+    <w:rsid w:val="0029569C"/>
+    <w:rsid w:val="00295FB9"/>
+    <w:rsid w:val="00296B2B"/>
+    <w:rsid w:val="0029721C"/>
+    <w:rsid w:val="002A0728"/>
+    <w:rsid w:val="002A0D8C"/>
+    <w:rsid w:val="002A1D75"/>
+    <w:rsid w:val="002A20F1"/>
+    <w:rsid w:val="002A45A5"/>
+    <w:rsid w:val="002A4890"/>
+    <w:rsid w:val="002A5C3C"/>
+    <w:rsid w:val="002A60F8"/>
+    <w:rsid w:val="002A615D"/>
+    <w:rsid w:val="002A655E"/>
+    <w:rsid w:val="002B01F6"/>
+    <w:rsid w:val="002B0867"/>
+    <w:rsid w:val="002B145A"/>
+    <w:rsid w:val="002B3808"/>
+    <w:rsid w:val="002B399C"/>
+    <w:rsid w:val="002B7D1D"/>
+    <w:rsid w:val="002C1BB6"/>
+    <w:rsid w:val="002C1E4A"/>
+    <w:rsid w:val="002C25F6"/>
+    <w:rsid w:val="002C3182"/>
+    <w:rsid w:val="002C35A0"/>
+    <w:rsid w:val="002C3F31"/>
+    <w:rsid w:val="002C4492"/>
+    <w:rsid w:val="002C5ABC"/>
+    <w:rsid w:val="002C77F8"/>
+    <w:rsid w:val="002D0055"/>
+    <w:rsid w:val="002D063A"/>
+    <w:rsid w:val="002D29D4"/>
+    <w:rsid w:val="002D2B3A"/>
+    <w:rsid w:val="002D2E77"/>
+    <w:rsid w:val="002D3C39"/>
+    <w:rsid w:val="002D5DB6"/>
+    <w:rsid w:val="002D632C"/>
+    <w:rsid w:val="002D670A"/>
+    <w:rsid w:val="002D70E6"/>
+    <w:rsid w:val="002E0477"/>
+    <w:rsid w:val="002E129B"/>
+    <w:rsid w:val="002E1D6D"/>
+    <w:rsid w:val="002E2A93"/>
+    <w:rsid w:val="002E3998"/>
+    <w:rsid w:val="002E3E3D"/>
+    <w:rsid w:val="002E602C"/>
+    <w:rsid w:val="002E6FF4"/>
+    <w:rsid w:val="002E7074"/>
+    <w:rsid w:val="002E7DFE"/>
+    <w:rsid w:val="002F1FCC"/>
+    <w:rsid w:val="002F27B8"/>
+    <w:rsid w:val="002F2A88"/>
+    <w:rsid w:val="002F3E15"/>
+    <w:rsid w:val="002F4A57"/>
+    <w:rsid w:val="002F51F4"/>
+    <w:rsid w:val="002F5300"/>
+    <w:rsid w:val="002F5764"/>
+    <w:rsid w:val="002F6271"/>
+    <w:rsid w:val="002F6B85"/>
+    <w:rsid w:val="002F6C06"/>
+    <w:rsid w:val="0030093A"/>
+    <w:rsid w:val="00301A18"/>
+    <w:rsid w:val="00302707"/>
+    <w:rsid w:val="0030314C"/>
+    <w:rsid w:val="003037D6"/>
+    <w:rsid w:val="00304B4C"/>
+    <w:rsid w:val="00304F41"/>
+    <w:rsid w:val="00306943"/>
+    <w:rsid w:val="003074E6"/>
+    <w:rsid w:val="00307F28"/>
+    <w:rsid w:val="00310116"/>
+    <w:rsid w:val="0031070A"/>
+    <w:rsid w:val="003109C8"/>
+    <w:rsid w:val="00310CA2"/>
+    <w:rsid w:val="003123C2"/>
+    <w:rsid w:val="003128FA"/>
+    <w:rsid w:val="00313CE8"/>
+    <w:rsid w:val="00315040"/>
+    <w:rsid w:val="003156DC"/>
+    <w:rsid w:val="00316303"/>
+    <w:rsid w:val="003179A4"/>
+    <w:rsid w:val="0032050C"/>
+    <w:rsid w:val="003208C9"/>
+    <w:rsid w:val="003213D4"/>
+    <w:rsid w:val="00321820"/>
+    <w:rsid w:val="003219D8"/>
+    <w:rsid w:val="00321DBE"/>
+    <w:rsid w:val="00322711"/>
+    <w:rsid w:val="00322FB8"/>
+    <w:rsid w:val="00323A87"/>
+    <w:rsid w:val="00323E45"/>
+    <w:rsid w:val="0032536B"/>
+    <w:rsid w:val="00325475"/>
+    <w:rsid w:val="00326BB8"/>
+    <w:rsid w:val="00327531"/>
+    <w:rsid w:val="0032797D"/>
+    <w:rsid w:val="00330607"/>
+    <w:rsid w:val="00331560"/>
+    <w:rsid w:val="00333F59"/>
+    <w:rsid w:val="0033437D"/>
+    <w:rsid w:val="003344DE"/>
+    <w:rsid w:val="003350E3"/>
+    <w:rsid w:val="003359B2"/>
+    <w:rsid w:val="00336049"/>
+    <w:rsid w:val="0033615F"/>
+    <w:rsid w:val="003367F5"/>
+    <w:rsid w:val="00336840"/>
+    <w:rsid w:val="003403E8"/>
+    <w:rsid w:val="0034046F"/>
+    <w:rsid w:val="00341315"/>
+    <w:rsid w:val="003422D6"/>
+    <w:rsid w:val="00342CB6"/>
+    <w:rsid w:val="00342DE9"/>
+    <w:rsid w:val="00346BAC"/>
+    <w:rsid w:val="00346CA1"/>
+    <w:rsid w:val="003501F0"/>
+    <w:rsid w:val="0035029C"/>
+    <w:rsid w:val="00351140"/>
+    <w:rsid w:val="00352BB8"/>
+    <w:rsid w:val="00356CDD"/>
+    <w:rsid w:val="00357734"/>
+    <w:rsid w:val="00360745"/>
+    <w:rsid w:val="0036184B"/>
+    <w:rsid w:val="003623A5"/>
+    <w:rsid w:val="0036400C"/>
+    <w:rsid w:val="003642D8"/>
+    <w:rsid w:val="00364BEA"/>
+    <w:rsid w:val="00364BFA"/>
+    <w:rsid w:val="00364DC0"/>
+    <w:rsid w:val="003653BB"/>
+    <w:rsid w:val="00365B34"/>
+    <w:rsid w:val="00365C80"/>
+    <w:rsid w:val="003679F4"/>
+    <w:rsid w:val="00367A3E"/>
+    <w:rsid w:val="00371884"/>
+    <w:rsid w:val="00371C06"/>
+    <w:rsid w:val="00371C47"/>
+    <w:rsid w:val="00372386"/>
+    <w:rsid w:val="003731AB"/>
+    <w:rsid w:val="003732E4"/>
+    <w:rsid w:val="00375664"/>
+    <w:rsid w:val="003757E4"/>
+    <w:rsid w:val="0037637A"/>
+    <w:rsid w:val="00377585"/>
+    <w:rsid w:val="00377892"/>
+    <w:rsid w:val="00383B4E"/>
+    <w:rsid w:val="00385856"/>
+    <w:rsid w:val="003860EE"/>
+    <w:rsid w:val="0038690D"/>
+    <w:rsid w:val="003876CD"/>
+    <w:rsid w:val="00387D2A"/>
+    <w:rsid w:val="00387DBE"/>
+    <w:rsid w:val="003903F8"/>
+    <w:rsid w:val="00390A31"/>
+    <w:rsid w:val="00390E0F"/>
+    <w:rsid w:val="003912DC"/>
+    <w:rsid w:val="003913F2"/>
+    <w:rsid w:val="00391791"/>
+    <w:rsid w:val="00391FA0"/>
+    <w:rsid w:val="00392DDC"/>
+    <w:rsid w:val="00393D6A"/>
+    <w:rsid w:val="00394C35"/>
+    <w:rsid w:val="003975A6"/>
+    <w:rsid w:val="00397FAD"/>
+    <w:rsid w:val="003A1EA0"/>
+    <w:rsid w:val="003A223D"/>
+    <w:rsid w:val="003A24A2"/>
+    <w:rsid w:val="003A3005"/>
+    <w:rsid w:val="003A35D2"/>
+    <w:rsid w:val="003A4B67"/>
+    <w:rsid w:val="003A4FF7"/>
+    <w:rsid w:val="003A5AD5"/>
+    <w:rsid w:val="003A5F0C"/>
+    <w:rsid w:val="003A6152"/>
+    <w:rsid w:val="003A6905"/>
+    <w:rsid w:val="003B04FE"/>
+    <w:rsid w:val="003B061A"/>
+    <w:rsid w:val="003B1226"/>
+    <w:rsid w:val="003B15B6"/>
+    <w:rsid w:val="003B228F"/>
+    <w:rsid w:val="003B3A56"/>
+    <w:rsid w:val="003B5512"/>
+    <w:rsid w:val="003B6E19"/>
+    <w:rsid w:val="003B7072"/>
+    <w:rsid w:val="003B7972"/>
+    <w:rsid w:val="003C0052"/>
+    <w:rsid w:val="003C2F67"/>
+    <w:rsid w:val="003C43A4"/>
+    <w:rsid w:val="003C4529"/>
+    <w:rsid w:val="003C4A94"/>
+    <w:rsid w:val="003C526E"/>
+    <w:rsid w:val="003D0753"/>
+    <w:rsid w:val="003D1C2A"/>
+    <w:rsid w:val="003D6389"/>
+    <w:rsid w:val="003E1A46"/>
+    <w:rsid w:val="003E21FA"/>
+    <w:rsid w:val="003E2EC5"/>
+    <w:rsid w:val="003E37D9"/>
+    <w:rsid w:val="003E4C05"/>
+    <w:rsid w:val="003E4F41"/>
+    <w:rsid w:val="003E649C"/>
+    <w:rsid w:val="003E7424"/>
+    <w:rsid w:val="003F1446"/>
+    <w:rsid w:val="003F2017"/>
+    <w:rsid w:val="003F2E3B"/>
+    <w:rsid w:val="003F3059"/>
+    <w:rsid w:val="003F4DE7"/>
+    <w:rsid w:val="003F5393"/>
+    <w:rsid w:val="003F5838"/>
+    <w:rsid w:val="003F6068"/>
+    <w:rsid w:val="003F60BE"/>
+    <w:rsid w:val="003F7322"/>
+    <w:rsid w:val="003F745D"/>
+    <w:rsid w:val="00401A44"/>
+    <w:rsid w:val="00401C4A"/>
+    <w:rsid w:val="00401CBC"/>
+    <w:rsid w:val="0040220D"/>
+    <w:rsid w:val="00402388"/>
+    <w:rsid w:val="00402531"/>
+    <w:rsid w:val="00404550"/>
+    <w:rsid w:val="00404A11"/>
+    <w:rsid w:val="00404D0A"/>
+    <w:rsid w:val="00404E98"/>
+    <w:rsid w:val="00405147"/>
+    <w:rsid w:val="004058E0"/>
+    <w:rsid w:val="0040693B"/>
+    <w:rsid w:val="00407EFF"/>
+    <w:rsid w:val="004119D9"/>
+    <w:rsid w:val="0041232E"/>
+    <w:rsid w:val="004141D9"/>
+    <w:rsid w:val="00414AAB"/>
+    <w:rsid w:val="004155D2"/>
+    <w:rsid w:val="00415AB4"/>
+    <w:rsid w:val="00415B00"/>
+    <w:rsid w:val="00415FDA"/>
+    <w:rsid w:val="00417A56"/>
+    <w:rsid w:val="004204E3"/>
+    <w:rsid w:val="00421349"/>
+    <w:rsid w:val="00422B65"/>
+    <w:rsid w:val="00422E6F"/>
+    <w:rsid w:val="0042333F"/>
+    <w:rsid w:val="004238A5"/>
+    <w:rsid w:val="00423DF5"/>
+    <w:rsid w:val="00424323"/>
+    <w:rsid w:val="0042442F"/>
+    <w:rsid w:val="00424A69"/>
+    <w:rsid w:val="0042515F"/>
+    <w:rsid w:val="00425DE0"/>
+    <w:rsid w:val="00425E4C"/>
+    <w:rsid w:val="00426786"/>
+    <w:rsid w:val="0042693E"/>
+    <w:rsid w:val="00433370"/>
+    <w:rsid w:val="0043397E"/>
+    <w:rsid w:val="00433C2C"/>
+    <w:rsid w:val="00433DF0"/>
+    <w:rsid w:val="0043438A"/>
+    <w:rsid w:val="00436AB0"/>
+    <w:rsid w:val="00436E6B"/>
+    <w:rsid w:val="004370DF"/>
+    <w:rsid w:val="004418F8"/>
+    <w:rsid w:val="00442ACD"/>
+    <w:rsid w:val="00443F38"/>
+    <w:rsid w:val="004445BB"/>
+    <w:rsid w:val="0044577D"/>
+    <w:rsid w:val="00445AF9"/>
+    <w:rsid w:val="004465C8"/>
+    <w:rsid w:val="00452498"/>
+    <w:rsid w:val="00452890"/>
+    <w:rsid w:val="00454EDC"/>
+    <w:rsid w:val="004559BE"/>
+    <w:rsid w:val="00456203"/>
+    <w:rsid w:val="00457A92"/>
+    <w:rsid w:val="004624AD"/>
+    <w:rsid w:val="00462B7A"/>
+    <w:rsid w:val="00464D0D"/>
+    <w:rsid w:val="00465ED0"/>
+    <w:rsid w:val="0046702C"/>
+    <w:rsid w:val="004673D4"/>
+    <w:rsid w:val="0047002F"/>
+    <w:rsid w:val="00471311"/>
+    <w:rsid w:val="00471A44"/>
+    <w:rsid w:val="00474519"/>
+    <w:rsid w:val="00477250"/>
+    <w:rsid w:val="00477722"/>
+    <w:rsid w:val="00477D4E"/>
+    <w:rsid w:val="0048094B"/>
+    <w:rsid w:val="004817F3"/>
+    <w:rsid w:val="00482EFA"/>
+    <w:rsid w:val="004841B8"/>
+    <w:rsid w:val="004849C0"/>
+    <w:rsid w:val="00484FA2"/>
+    <w:rsid w:val="00485AB1"/>
+    <w:rsid w:val="004865DB"/>
+    <w:rsid w:val="00486A89"/>
+    <w:rsid w:val="00490E57"/>
+    <w:rsid w:val="00491325"/>
+    <w:rsid w:val="00491EA0"/>
+    <w:rsid w:val="0049347B"/>
+    <w:rsid w:val="0049547C"/>
+    <w:rsid w:val="00496197"/>
+    <w:rsid w:val="00497203"/>
+    <w:rsid w:val="00497392"/>
+    <w:rsid w:val="004A0674"/>
+    <w:rsid w:val="004A0A67"/>
+    <w:rsid w:val="004A20D8"/>
+    <w:rsid w:val="004A23AF"/>
+    <w:rsid w:val="004A2F45"/>
+    <w:rsid w:val="004A38E5"/>
+    <w:rsid w:val="004A479E"/>
+    <w:rsid w:val="004A5ABB"/>
+    <w:rsid w:val="004A73D6"/>
+    <w:rsid w:val="004A75C1"/>
+    <w:rsid w:val="004A788F"/>
+    <w:rsid w:val="004A7A4A"/>
+    <w:rsid w:val="004A7BF0"/>
+    <w:rsid w:val="004A7D9C"/>
+    <w:rsid w:val="004B0AA9"/>
+    <w:rsid w:val="004B1251"/>
+    <w:rsid w:val="004B2CA2"/>
+    <w:rsid w:val="004B3A98"/>
+    <w:rsid w:val="004B3BB2"/>
+    <w:rsid w:val="004B5028"/>
+    <w:rsid w:val="004B5068"/>
+    <w:rsid w:val="004B56D2"/>
+    <w:rsid w:val="004B7127"/>
+    <w:rsid w:val="004B73A7"/>
+    <w:rsid w:val="004C1B31"/>
+    <w:rsid w:val="004C1E38"/>
+    <w:rsid w:val="004C2C64"/>
+    <w:rsid w:val="004C3078"/>
+    <w:rsid w:val="004C3375"/>
+    <w:rsid w:val="004C33E1"/>
+    <w:rsid w:val="004C3B6F"/>
+    <w:rsid w:val="004C46AE"/>
+    <w:rsid w:val="004C4CEF"/>
+    <w:rsid w:val="004C72C0"/>
+    <w:rsid w:val="004D0C62"/>
+    <w:rsid w:val="004D1184"/>
+    <w:rsid w:val="004D1BFA"/>
+    <w:rsid w:val="004D229D"/>
+    <w:rsid w:val="004D261C"/>
+    <w:rsid w:val="004D27BE"/>
+    <w:rsid w:val="004D3A46"/>
+    <w:rsid w:val="004D43DA"/>
+    <w:rsid w:val="004D5AAE"/>
+    <w:rsid w:val="004D5D8B"/>
+    <w:rsid w:val="004D63C5"/>
+    <w:rsid w:val="004E16F6"/>
+    <w:rsid w:val="004E1F18"/>
+    <w:rsid w:val="004E24B4"/>
+    <w:rsid w:val="004E388C"/>
+    <w:rsid w:val="004E6566"/>
+    <w:rsid w:val="004E6608"/>
+    <w:rsid w:val="004E74FE"/>
+    <w:rsid w:val="004E7876"/>
+    <w:rsid w:val="004F0A8F"/>
+    <w:rsid w:val="004F0B10"/>
+    <w:rsid w:val="004F1D2D"/>
+    <w:rsid w:val="004F2888"/>
+    <w:rsid w:val="004F2986"/>
+    <w:rsid w:val="004F2C5E"/>
+    <w:rsid w:val="004F33AA"/>
+    <w:rsid w:val="004F52AA"/>
+    <w:rsid w:val="004F57D0"/>
+    <w:rsid w:val="004F6704"/>
+    <w:rsid w:val="004F67D2"/>
+    <w:rsid w:val="004F6AE8"/>
+    <w:rsid w:val="004F6F8B"/>
+    <w:rsid w:val="004F75E4"/>
+    <w:rsid w:val="004F79F3"/>
+    <w:rsid w:val="004F7E0E"/>
+    <w:rsid w:val="0050036F"/>
+    <w:rsid w:val="005006A2"/>
+    <w:rsid w:val="00500E68"/>
+    <w:rsid w:val="005011B9"/>
+    <w:rsid w:val="0050274C"/>
+    <w:rsid w:val="00502D4A"/>
+    <w:rsid w:val="00502DEE"/>
+    <w:rsid w:val="0050339A"/>
+    <w:rsid w:val="00503541"/>
+    <w:rsid w:val="00503E16"/>
+    <w:rsid w:val="00504377"/>
+    <w:rsid w:val="00505239"/>
+    <w:rsid w:val="0050558F"/>
+    <w:rsid w:val="00505C7B"/>
+    <w:rsid w:val="00505C88"/>
+    <w:rsid w:val="00505E94"/>
+    <w:rsid w:val="00507E43"/>
+    <w:rsid w:val="00510645"/>
+    <w:rsid w:val="005109FA"/>
+    <w:rsid w:val="00510BD9"/>
+    <w:rsid w:val="00510D39"/>
+    <w:rsid w:val="00511D91"/>
+    <w:rsid w:val="00513F38"/>
+    <w:rsid w:val="00514466"/>
+    <w:rsid w:val="00514603"/>
+    <w:rsid w:val="00514E0D"/>
+    <w:rsid w:val="00516235"/>
+    <w:rsid w:val="00516380"/>
+    <w:rsid w:val="005163B5"/>
+    <w:rsid w:val="005169A4"/>
+    <w:rsid w:val="00516CD3"/>
+    <w:rsid w:val="00517D90"/>
+    <w:rsid w:val="0052106A"/>
+    <w:rsid w:val="0052116F"/>
+    <w:rsid w:val="00521562"/>
+    <w:rsid w:val="00521897"/>
+    <w:rsid w:val="005218F3"/>
+    <w:rsid w:val="00521C82"/>
+    <w:rsid w:val="0052203E"/>
+    <w:rsid w:val="00522BE0"/>
+    <w:rsid w:val="00523A61"/>
+    <w:rsid w:val="005243BF"/>
+    <w:rsid w:val="005259E1"/>
+    <w:rsid w:val="005265F5"/>
+    <w:rsid w:val="00530CB8"/>
+    <w:rsid w:val="00531107"/>
+    <w:rsid w:val="00532568"/>
+    <w:rsid w:val="00533427"/>
+    <w:rsid w:val="005335F0"/>
+    <w:rsid w:val="00533655"/>
+    <w:rsid w:val="00534340"/>
+    <w:rsid w:val="00534B44"/>
+    <w:rsid w:val="00535CF4"/>
+    <w:rsid w:val="00536646"/>
+    <w:rsid w:val="00536854"/>
+    <w:rsid w:val="0054010E"/>
+    <w:rsid w:val="00540B58"/>
+    <w:rsid w:val="00541886"/>
+    <w:rsid w:val="00541E7F"/>
+    <w:rsid w:val="00542799"/>
+    <w:rsid w:val="005432B8"/>
+    <w:rsid w:val="005446D4"/>
+    <w:rsid w:val="00544706"/>
+    <w:rsid w:val="0054662D"/>
+    <w:rsid w:val="00547084"/>
+    <w:rsid w:val="0054776E"/>
+    <w:rsid w:val="005513D9"/>
+    <w:rsid w:val="00551FB9"/>
+    <w:rsid w:val="00552DF7"/>
+    <w:rsid w:val="00552F21"/>
+    <w:rsid w:val="005572ED"/>
+    <w:rsid w:val="0055777F"/>
+    <w:rsid w:val="005601CF"/>
+    <w:rsid w:val="00560996"/>
+    <w:rsid w:val="0056187A"/>
+    <w:rsid w:val="0056279E"/>
+    <w:rsid w:val="005631F0"/>
+    <w:rsid w:val="00567E96"/>
+    <w:rsid w:val="00570995"/>
+    <w:rsid w:val="0057143F"/>
+    <w:rsid w:val="00572011"/>
+    <w:rsid w:val="00572068"/>
+    <w:rsid w:val="00573190"/>
+    <w:rsid w:val="00573C07"/>
+    <w:rsid w:val="0057555A"/>
+    <w:rsid w:val="00575DDA"/>
+    <w:rsid w:val="005761E3"/>
+    <w:rsid w:val="00577442"/>
+    <w:rsid w:val="005777A2"/>
+    <w:rsid w:val="0057792F"/>
+    <w:rsid w:val="005779CE"/>
+    <w:rsid w:val="00580CC0"/>
+    <w:rsid w:val="005816E2"/>
+    <w:rsid w:val="00581873"/>
+    <w:rsid w:val="00582386"/>
+    <w:rsid w:val="00584AE8"/>
+    <w:rsid w:val="0058504B"/>
+    <w:rsid w:val="005873DF"/>
+    <w:rsid w:val="005900EC"/>
+    <w:rsid w:val="00590499"/>
+    <w:rsid w:val="005908B1"/>
+    <w:rsid w:val="00590ED1"/>
+    <w:rsid w:val="00591988"/>
+    <w:rsid w:val="00593E2A"/>
+    <w:rsid w:val="00595820"/>
+    <w:rsid w:val="00596C45"/>
+    <w:rsid w:val="005973A5"/>
+    <w:rsid w:val="00597928"/>
+    <w:rsid w:val="005A19AD"/>
+    <w:rsid w:val="005A1C0C"/>
+    <w:rsid w:val="005A1F80"/>
+    <w:rsid w:val="005A3A65"/>
+    <w:rsid w:val="005A3F7F"/>
+    <w:rsid w:val="005A5582"/>
+    <w:rsid w:val="005A5B43"/>
+    <w:rsid w:val="005A5D1E"/>
+    <w:rsid w:val="005A60F3"/>
+    <w:rsid w:val="005A7235"/>
+    <w:rsid w:val="005B0F9F"/>
+    <w:rsid w:val="005B22E9"/>
+    <w:rsid w:val="005B39D7"/>
+    <w:rsid w:val="005B4D6D"/>
+    <w:rsid w:val="005B5657"/>
+    <w:rsid w:val="005B6F29"/>
+    <w:rsid w:val="005C0ACE"/>
+    <w:rsid w:val="005C2A24"/>
+    <w:rsid w:val="005C4A3F"/>
+    <w:rsid w:val="005C55E6"/>
+    <w:rsid w:val="005C5982"/>
+    <w:rsid w:val="005C6B92"/>
+    <w:rsid w:val="005C6E47"/>
+    <w:rsid w:val="005D15EC"/>
+    <w:rsid w:val="005D1EEE"/>
+    <w:rsid w:val="005D2625"/>
+    <w:rsid w:val="005D3447"/>
+    <w:rsid w:val="005D38F4"/>
+    <w:rsid w:val="005D49F1"/>
+    <w:rsid w:val="005D4E54"/>
+    <w:rsid w:val="005D5B4D"/>
+    <w:rsid w:val="005E0A27"/>
+    <w:rsid w:val="005E191B"/>
+    <w:rsid w:val="005E29A7"/>
+    <w:rsid w:val="005E351C"/>
+    <w:rsid w:val="005E53DE"/>
+    <w:rsid w:val="005E6641"/>
+    <w:rsid w:val="005E68C8"/>
+    <w:rsid w:val="005E68D6"/>
+    <w:rsid w:val="005E6B6B"/>
+    <w:rsid w:val="005F06FA"/>
+    <w:rsid w:val="005F1456"/>
+    <w:rsid w:val="005F1531"/>
+    <w:rsid w:val="005F17FB"/>
+    <w:rsid w:val="005F3FD7"/>
+    <w:rsid w:val="005F4B48"/>
+    <w:rsid w:val="005F4C58"/>
+    <w:rsid w:val="005F5785"/>
+    <w:rsid w:val="005F5CAC"/>
+    <w:rsid w:val="005F608D"/>
+    <w:rsid w:val="005F74EC"/>
+    <w:rsid w:val="00600E29"/>
+    <w:rsid w:val="006018AD"/>
+    <w:rsid w:val="00601913"/>
+    <w:rsid w:val="00602D74"/>
+    <w:rsid w:val="00602F8C"/>
+    <w:rsid w:val="0060321F"/>
+    <w:rsid w:val="00603D75"/>
+    <w:rsid w:val="00604D96"/>
+    <w:rsid w:val="006058F9"/>
+    <w:rsid w:val="00605DDD"/>
+    <w:rsid w:val="006060CE"/>
+    <w:rsid w:val="006062B0"/>
+    <w:rsid w:val="00606DDC"/>
+    <w:rsid w:val="00607A9F"/>
+    <w:rsid w:val="00607C2B"/>
+    <w:rsid w:val="00610542"/>
+    <w:rsid w:val="00610825"/>
+    <w:rsid w:val="00611B19"/>
+    <w:rsid w:val="00612645"/>
+    <w:rsid w:val="0061324E"/>
+    <w:rsid w:val="00613395"/>
+    <w:rsid w:val="00613B2F"/>
+    <w:rsid w:val="00613C13"/>
+    <w:rsid w:val="00614874"/>
+    <w:rsid w:val="00617DDB"/>
+    <w:rsid w:val="00620381"/>
+    <w:rsid w:val="00620A6B"/>
+    <w:rsid w:val="00620EF6"/>
+    <w:rsid w:val="00621A50"/>
+    <w:rsid w:val="0062216B"/>
+    <w:rsid w:val="006221F7"/>
+    <w:rsid w:val="006244EE"/>
+    <w:rsid w:val="0062464D"/>
+    <w:rsid w:val="006256CA"/>
+    <w:rsid w:val="00625F2A"/>
+    <w:rsid w:val="00626B76"/>
+    <w:rsid w:val="0062786E"/>
+    <w:rsid w:val="00627A46"/>
+    <w:rsid w:val="00630146"/>
+    <w:rsid w:val="00631449"/>
+    <w:rsid w:val="0063148D"/>
+    <w:rsid w:val="00631785"/>
+    <w:rsid w:val="0063210A"/>
+    <w:rsid w:val="0063493E"/>
+    <w:rsid w:val="00634C60"/>
+    <w:rsid w:val="00635EB4"/>
+    <w:rsid w:val="00636240"/>
+    <w:rsid w:val="0063665D"/>
+    <w:rsid w:val="00636891"/>
+    <w:rsid w:val="0063699B"/>
+    <w:rsid w:val="00640603"/>
+    <w:rsid w:val="0064071F"/>
+    <w:rsid w:val="006409D3"/>
+    <w:rsid w:val="00640D43"/>
+    <w:rsid w:val="00644843"/>
+    <w:rsid w:val="00647BC5"/>
+    <w:rsid w:val="006507FC"/>
+    <w:rsid w:val="0065099F"/>
+    <w:rsid w:val="00650F6B"/>
+    <w:rsid w:val="0065107C"/>
+    <w:rsid w:val="006518A4"/>
+    <w:rsid w:val="00652D56"/>
+    <w:rsid w:val="0065405E"/>
+    <w:rsid w:val="0065418C"/>
+    <w:rsid w:val="006549CA"/>
+    <w:rsid w:val="00654B2B"/>
+    <w:rsid w:val="00654FE5"/>
+    <w:rsid w:val="00656433"/>
+    <w:rsid w:val="00657401"/>
+    <w:rsid w:val="0066006D"/>
+    <w:rsid w:val="006600C0"/>
+    <w:rsid w:val="00661091"/>
+    <w:rsid w:val="00661E0F"/>
+    <w:rsid w:val="00663692"/>
+    <w:rsid w:val="0066398B"/>
+    <w:rsid w:val="00664619"/>
+    <w:rsid w:val="0066471A"/>
+    <w:rsid w:val="006656BE"/>
+    <w:rsid w:val="00666430"/>
+    <w:rsid w:val="00667B8A"/>
+    <w:rsid w:val="0067071B"/>
+    <w:rsid w:val="006717A3"/>
+    <w:rsid w:val="006728B4"/>
+    <w:rsid w:val="006734FE"/>
+    <w:rsid w:val="00675209"/>
+    <w:rsid w:val="006755A2"/>
+    <w:rsid w:val="00676E93"/>
+    <w:rsid w:val="00680459"/>
+    <w:rsid w:val="006817FD"/>
+    <w:rsid w:val="00681B43"/>
+    <w:rsid w:val="006825D8"/>
+    <w:rsid w:val="00683153"/>
+    <w:rsid w:val="006834AF"/>
+    <w:rsid w:val="006846A5"/>
+    <w:rsid w:val="006862ED"/>
+    <w:rsid w:val="006866D9"/>
+    <w:rsid w:val="00691DAE"/>
+    <w:rsid w:val="006925C0"/>
+    <w:rsid w:val="00692C65"/>
+    <w:rsid w:val="00693588"/>
+    <w:rsid w:val="00696444"/>
+    <w:rsid w:val="00696BD0"/>
+    <w:rsid w:val="006976C6"/>
+    <w:rsid w:val="006A01F7"/>
+    <w:rsid w:val="006A1749"/>
+    <w:rsid w:val="006A3481"/>
+    <w:rsid w:val="006A4200"/>
+    <w:rsid w:val="006A4D10"/>
+    <w:rsid w:val="006A59E7"/>
+    <w:rsid w:val="006A5A3E"/>
+    <w:rsid w:val="006A61FA"/>
+    <w:rsid w:val="006A6D45"/>
+    <w:rsid w:val="006A7DDC"/>
+    <w:rsid w:val="006A7DE3"/>
+    <w:rsid w:val="006B011E"/>
+    <w:rsid w:val="006B0386"/>
+    <w:rsid w:val="006B0453"/>
+    <w:rsid w:val="006B555F"/>
+    <w:rsid w:val="006B5F18"/>
+    <w:rsid w:val="006B6663"/>
+    <w:rsid w:val="006B6C65"/>
+    <w:rsid w:val="006C194F"/>
+    <w:rsid w:val="006C207B"/>
+    <w:rsid w:val="006C2755"/>
+    <w:rsid w:val="006C29A1"/>
+    <w:rsid w:val="006C38B8"/>
+    <w:rsid w:val="006C4195"/>
+    <w:rsid w:val="006C437A"/>
+    <w:rsid w:val="006C5007"/>
+    <w:rsid w:val="006D03C8"/>
+    <w:rsid w:val="006D0CEB"/>
+    <w:rsid w:val="006D1102"/>
+    <w:rsid w:val="006D2E13"/>
+    <w:rsid w:val="006D3916"/>
+    <w:rsid w:val="006D3D5D"/>
+    <w:rsid w:val="006D4C45"/>
+    <w:rsid w:val="006D4CDD"/>
+    <w:rsid w:val="006D5015"/>
+    <w:rsid w:val="006D62B1"/>
+    <w:rsid w:val="006D6499"/>
+    <w:rsid w:val="006D67AA"/>
+    <w:rsid w:val="006D6C2E"/>
+    <w:rsid w:val="006D6F8D"/>
+    <w:rsid w:val="006D7479"/>
+    <w:rsid w:val="006E08C4"/>
+    <w:rsid w:val="006E1231"/>
+    <w:rsid w:val="006E12E1"/>
+    <w:rsid w:val="006E164D"/>
+    <w:rsid w:val="006E1DEB"/>
+    <w:rsid w:val="006E1FF0"/>
+    <w:rsid w:val="006E20A5"/>
+    <w:rsid w:val="006E20BC"/>
+    <w:rsid w:val="006E340A"/>
+    <w:rsid w:val="006E34DE"/>
+    <w:rsid w:val="006E3733"/>
+    <w:rsid w:val="006E3741"/>
+    <w:rsid w:val="006E39F6"/>
+    <w:rsid w:val="006E475F"/>
+    <w:rsid w:val="006E4B8D"/>
+    <w:rsid w:val="006E4D6B"/>
+    <w:rsid w:val="006E4E83"/>
+    <w:rsid w:val="006E540F"/>
+    <w:rsid w:val="006F0EC5"/>
+    <w:rsid w:val="006F28B0"/>
+    <w:rsid w:val="006F358D"/>
+    <w:rsid w:val="006F3C29"/>
+    <w:rsid w:val="006F5970"/>
+    <w:rsid w:val="006F751D"/>
+    <w:rsid w:val="0070181E"/>
+    <w:rsid w:val="00703B84"/>
+    <w:rsid w:val="0070444B"/>
+    <w:rsid w:val="00705567"/>
+    <w:rsid w:val="0070576B"/>
+    <w:rsid w:val="00705D23"/>
+    <w:rsid w:val="00711943"/>
+    <w:rsid w:val="007124A6"/>
+    <w:rsid w:val="00713CBA"/>
+    <w:rsid w:val="00713D15"/>
+    <w:rsid w:val="00713DFF"/>
+    <w:rsid w:val="007144C3"/>
+    <w:rsid w:val="00715D0D"/>
+    <w:rsid w:val="00715FA3"/>
+    <w:rsid w:val="0071622B"/>
+    <w:rsid w:val="0071631F"/>
+    <w:rsid w:val="00716B3C"/>
+    <w:rsid w:val="00716FC3"/>
+    <w:rsid w:val="00717943"/>
+    <w:rsid w:val="00717D93"/>
+    <w:rsid w:val="00717E72"/>
+    <w:rsid w:val="007207ED"/>
+    <w:rsid w:val="00720C24"/>
+    <w:rsid w:val="00720CC8"/>
+    <w:rsid w:val="0072181B"/>
+    <w:rsid w:val="00721FE5"/>
+    <w:rsid w:val="00722689"/>
+    <w:rsid w:val="0072365A"/>
+    <w:rsid w:val="00723E85"/>
+    <w:rsid w:val="00725146"/>
+    <w:rsid w:val="00725380"/>
+    <w:rsid w:val="0072616B"/>
+    <w:rsid w:val="007274CE"/>
+    <w:rsid w:val="00730D31"/>
+    <w:rsid w:val="00732394"/>
+    <w:rsid w:val="00732AD6"/>
+    <w:rsid w:val="00733C66"/>
+    <w:rsid w:val="00733F27"/>
+    <w:rsid w:val="00735F6B"/>
+    <w:rsid w:val="007363B2"/>
+    <w:rsid w:val="007367BD"/>
+    <w:rsid w:val="00736974"/>
+    <w:rsid w:val="00736EE9"/>
+    <w:rsid w:val="007379BD"/>
+    <w:rsid w:val="00737D19"/>
+    <w:rsid w:val="007405DE"/>
+    <w:rsid w:val="00740C80"/>
+    <w:rsid w:val="007414DB"/>
+    <w:rsid w:val="00743FA7"/>
+    <w:rsid w:val="00745356"/>
+    <w:rsid w:val="00745C91"/>
+    <w:rsid w:val="00746B14"/>
+    <w:rsid w:val="00751255"/>
+    <w:rsid w:val="0075180B"/>
+    <w:rsid w:val="00751C60"/>
+    <w:rsid w:val="00753E95"/>
+    <w:rsid w:val="00754206"/>
+    <w:rsid w:val="007560EF"/>
+    <w:rsid w:val="007560F4"/>
+    <w:rsid w:val="007564A0"/>
+    <w:rsid w:val="00756A96"/>
+    <w:rsid w:val="00756B8E"/>
+    <w:rsid w:val="00757E20"/>
+    <w:rsid w:val="00757FF6"/>
+    <w:rsid w:val="007602DB"/>
+    <w:rsid w:val="00760BD8"/>
+    <w:rsid w:val="0076242D"/>
+    <w:rsid w:val="00762990"/>
+    <w:rsid w:val="00763478"/>
+    <w:rsid w:val="00763577"/>
+    <w:rsid w:val="007642D4"/>
+    <w:rsid w:val="00764789"/>
+    <w:rsid w:val="00765B5F"/>
+    <w:rsid w:val="00765CB2"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rsid w:val="00766356"/>
+    <w:rsid w:val="00767D7D"/>
+    <w:rsid w:val="00770A34"/>
+    <w:rsid w:val="00771A96"/>
+    <w:rsid w:val="00773406"/>
+    <w:rsid w:val="0077401C"/>
+    <w:rsid w:val="007764BD"/>
+    <w:rsid w:val="00776E7D"/>
+    <w:rsid w:val="00777C72"/>
+    <w:rsid w:val="00777D19"/>
+    <w:rsid w:val="00780317"/>
+    <w:rsid w:val="00780422"/>
+    <w:rsid w:val="00780C35"/>
+    <w:rsid w:val="00781307"/>
+    <w:rsid w:val="00782746"/>
+    <w:rsid w:val="00782C4F"/>
+    <w:rsid w:val="007831AE"/>
+    <w:rsid w:val="0078550E"/>
+    <w:rsid w:val="0078731C"/>
+    <w:rsid w:val="0078778C"/>
+    <w:rsid w:val="00790174"/>
+    <w:rsid w:val="00790D49"/>
+    <w:rsid w:val="00790ED9"/>
+    <w:rsid w:val="00791AD1"/>
+    <w:rsid w:val="00791BA5"/>
+    <w:rsid w:val="0079214D"/>
+    <w:rsid w:val="0079256D"/>
+    <w:rsid w:val="00792764"/>
+    <w:rsid w:val="0079285C"/>
+    <w:rsid w:val="007929B8"/>
+    <w:rsid w:val="0079317F"/>
+    <w:rsid w:val="00793372"/>
+    <w:rsid w:val="0079497F"/>
+    <w:rsid w:val="00794A11"/>
+    <w:rsid w:val="00794FF9"/>
+    <w:rsid w:val="0079570C"/>
+    <w:rsid w:val="0079571D"/>
+    <w:rsid w:val="00795D69"/>
+    <w:rsid w:val="007A07B7"/>
+    <w:rsid w:val="007A1A74"/>
+    <w:rsid w:val="007A2D81"/>
+    <w:rsid w:val="007A2EB6"/>
+    <w:rsid w:val="007A3A73"/>
+    <w:rsid w:val="007A4BBE"/>
+    <w:rsid w:val="007A652C"/>
+    <w:rsid w:val="007A7B43"/>
+    <w:rsid w:val="007B02CB"/>
+    <w:rsid w:val="007B0AFE"/>
+    <w:rsid w:val="007B0B2C"/>
+    <w:rsid w:val="007B0CE8"/>
+    <w:rsid w:val="007B107B"/>
+    <w:rsid w:val="007B3103"/>
+    <w:rsid w:val="007B4C8D"/>
+    <w:rsid w:val="007B58D8"/>
+    <w:rsid w:val="007B6206"/>
+    <w:rsid w:val="007B634D"/>
+    <w:rsid w:val="007C0975"/>
+    <w:rsid w:val="007C2AE5"/>
+    <w:rsid w:val="007C3BE5"/>
+    <w:rsid w:val="007C4145"/>
+    <w:rsid w:val="007C4312"/>
+    <w:rsid w:val="007C53F7"/>
+    <w:rsid w:val="007C5F11"/>
+    <w:rsid w:val="007C722F"/>
+    <w:rsid w:val="007D0079"/>
+    <w:rsid w:val="007D007F"/>
+    <w:rsid w:val="007D0C4F"/>
+    <w:rsid w:val="007D16A7"/>
+    <w:rsid w:val="007D29A5"/>
+    <w:rsid w:val="007D3099"/>
+    <w:rsid w:val="007D3A23"/>
+    <w:rsid w:val="007D462F"/>
+    <w:rsid w:val="007D5284"/>
+    <w:rsid w:val="007D5F39"/>
+    <w:rsid w:val="007D62B3"/>
+    <w:rsid w:val="007D72E9"/>
+    <w:rsid w:val="007D7BAB"/>
+    <w:rsid w:val="007D7EBD"/>
+    <w:rsid w:val="007E1783"/>
+    <w:rsid w:val="007E3147"/>
+    <w:rsid w:val="007E3683"/>
+    <w:rsid w:val="007E3C94"/>
+    <w:rsid w:val="007E5323"/>
+    <w:rsid w:val="007E68B4"/>
+    <w:rsid w:val="007F02A6"/>
+    <w:rsid w:val="007F048E"/>
+    <w:rsid w:val="007F0C9D"/>
+    <w:rsid w:val="007F2583"/>
+    <w:rsid w:val="007F3667"/>
+    <w:rsid w:val="007F3742"/>
+    <w:rsid w:val="007F4370"/>
+    <w:rsid w:val="007F5412"/>
+    <w:rsid w:val="007F6A24"/>
+    <w:rsid w:val="007F6ADF"/>
+    <w:rsid w:val="007F7915"/>
+    <w:rsid w:val="007F7ADD"/>
+    <w:rsid w:val="00800784"/>
+    <w:rsid w:val="008019AF"/>
+    <w:rsid w:val="00801F4E"/>
+    <w:rsid w:val="00802621"/>
+    <w:rsid w:val="00802A2D"/>
+    <w:rsid w:val="00802ABB"/>
+    <w:rsid w:val="0080331F"/>
+    <w:rsid w:val="0080379C"/>
+    <w:rsid w:val="008058F6"/>
+    <w:rsid w:val="008061ED"/>
+    <w:rsid w:val="0081056C"/>
+    <w:rsid w:val="00810E57"/>
+    <w:rsid w:val="00813D45"/>
+    <w:rsid w:val="00814A1B"/>
+    <w:rsid w:val="00814D72"/>
+    <w:rsid w:val="00815A81"/>
+    <w:rsid w:val="0081690B"/>
+    <w:rsid w:val="00817829"/>
+    <w:rsid w:val="00820C05"/>
+    <w:rsid w:val="00822F14"/>
+    <w:rsid w:val="00823663"/>
+    <w:rsid w:val="00823675"/>
+    <w:rsid w:val="00823784"/>
+    <w:rsid w:val="0082623D"/>
+    <w:rsid w:val="00826A8C"/>
+    <w:rsid w:val="00826FAE"/>
+    <w:rsid w:val="00827316"/>
+    <w:rsid w:val="00827E82"/>
+    <w:rsid w:val="00830245"/>
+    <w:rsid w:val="008325D8"/>
+    <w:rsid w:val="00833F55"/>
+    <w:rsid w:val="00834DF9"/>
+    <w:rsid w:val="00835DB0"/>
+    <w:rsid w:val="008364C8"/>
+    <w:rsid w:val="00837296"/>
+    <w:rsid w:val="00837E65"/>
+    <w:rsid w:val="00840943"/>
+    <w:rsid w:val="008409E9"/>
+    <w:rsid w:val="00841179"/>
+    <w:rsid w:val="00844D02"/>
+    <w:rsid w:val="00845529"/>
+    <w:rsid w:val="00845655"/>
+    <w:rsid w:val="00845D55"/>
+    <w:rsid w:val="00846410"/>
+    <w:rsid w:val="00846F14"/>
+    <w:rsid w:val="00847806"/>
+    <w:rsid w:val="00852062"/>
+    <w:rsid w:val="00852373"/>
+    <w:rsid w:val="0085394C"/>
+    <w:rsid w:val="00854F02"/>
+    <w:rsid w:val="00855D27"/>
+    <w:rsid w:val="00855D70"/>
+    <w:rsid w:val="00856E87"/>
+    <w:rsid w:val="008576DF"/>
+    <w:rsid w:val="00857AC1"/>
+    <w:rsid w:val="00857B38"/>
+    <w:rsid w:val="00860FC7"/>
+    <w:rsid w:val="00861537"/>
+    <w:rsid w:val="008617DB"/>
+    <w:rsid w:val="008634AE"/>
+    <w:rsid w:val="0086386B"/>
+    <w:rsid w:val="00863CB5"/>
+    <w:rsid w:val="00863CBB"/>
+    <w:rsid w:val="00863E31"/>
+    <w:rsid w:val="0086564D"/>
+    <w:rsid w:val="0086637B"/>
+    <w:rsid w:val="00866998"/>
+    <w:rsid w:val="00866D0A"/>
+    <w:rsid w:val="0086745B"/>
+    <w:rsid w:val="0086754F"/>
+    <w:rsid w:val="00870CCB"/>
+    <w:rsid w:val="00871F95"/>
+    <w:rsid w:val="00872A47"/>
+    <w:rsid w:val="008731E2"/>
+    <w:rsid w:val="0087366A"/>
+    <w:rsid w:val="008742B4"/>
+    <w:rsid w:val="00875469"/>
+    <w:rsid w:val="00876BB0"/>
+    <w:rsid w:val="00876E9E"/>
+    <w:rsid w:val="00881205"/>
+    <w:rsid w:val="00881E44"/>
+    <w:rsid w:val="0088440E"/>
+    <w:rsid w:val="008848D6"/>
+    <w:rsid w:val="00884BC6"/>
+    <w:rsid w:val="0088544E"/>
+    <w:rsid w:val="00886254"/>
+    <w:rsid w:val="00886533"/>
+    <w:rsid w:val="008877BB"/>
+    <w:rsid w:val="00890FCB"/>
+    <w:rsid w:val="00892C9A"/>
+    <w:rsid w:val="00894A01"/>
+    <w:rsid w:val="0089504A"/>
+    <w:rsid w:val="008963FB"/>
+    <w:rsid w:val="008A11C0"/>
+    <w:rsid w:val="008A14F8"/>
+    <w:rsid w:val="008A175E"/>
+    <w:rsid w:val="008A1A09"/>
+    <w:rsid w:val="008A1CB9"/>
+    <w:rsid w:val="008A24DC"/>
+    <w:rsid w:val="008A2720"/>
+    <w:rsid w:val="008A3A57"/>
+    <w:rsid w:val="008A3EDB"/>
+    <w:rsid w:val="008A49A8"/>
+    <w:rsid w:val="008A576F"/>
+    <w:rsid w:val="008A5F73"/>
+    <w:rsid w:val="008A66FA"/>
+    <w:rsid w:val="008A6B4C"/>
+    <w:rsid w:val="008B04F9"/>
+    <w:rsid w:val="008B12CA"/>
+    <w:rsid w:val="008B1D57"/>
+    <w:rsid w:val="008B3CAE"/>
+    <w:rsid w:val="008B47CB"/>
+    <w:rsid w:val="008B5360"/>
+    <w:rsid w:val="008B5370"/>
+    <w:rsid w:val="008B6ED5"/>
+    <w:rsid w:val="008B76C1"/>
+    <w:rsid w:val="008C0DEC"/>
+    <w:rsid w:val="008C1153"/>
+    <w:rsid w:val="008C11D7"/>
+    <w:rsid w:val="008C2A61"/>
+    <w:rsid w:val="008C443F"/>
+    <w:rsid w:val="008C47DB"/>
+    <w:rsid w:val="008C49FA"/>
+    <w:rsid w:val="008C5AB2"/>
+    <w:rsid w:val="008C7406"/>
+    <w:rsid w:val="008C7539"/>
+    <w:rsid w:val="008C7B38"/>
+    <w:rsid w:val="008D0004"/>
+    <w:rsid w:val="008D0720"/>
+    <w:rsid w:val="008D1D5D"/>
+    <w:rsid w:val="008D2ADF"/>
+    <w:rsid w:val="008D3685"/>
+    <w:rsid w:val="008D489F"/>
+    <w:rsid w:val="008D50C3"/>
+    <w:rsid w:val="008D63D7"/>
+    <w:rsid w:val="008D6658"/>
+    <w:rsid w:val="008E0465"/>
+    <w:rsid w:val="008E0C9B"/>
+    <w:rsid w:val="008E1118"/>
+    <w:rsid w:val="008E1827"/>
+    <w:rsid w:val="008E3F53"/>
+    <w:rsid w:val="008E4B48"/>
+    <w:rsid w:val="008E5613"/>
+    <w:rsid w:val="008E59F8"/>
+    <w:rsid w:val="008E6734"/>
+    <w:rsid w:val="008F25C6"/>
+    <w:rsid w:val="008F3222"/>
+    <w:rsid w:val="008F39C2"/>
+    <w:rsid w:val="008F3DA2"/>
+    <w:rsid w:val="008F4001"/>
+    <w:rsid w:val="008F4BA1"/>
+    <w:rsid w:val="008F4C44"/>
+    <w:rsid w:val="008F4CB6"/>
+    <w:rsid w:val="008F5560"/>
+    <w:rsid w:val="008F5C5F"/>
+    <w:rsid w:val="008F5F72"/>
+    <w:rsid w:val="009009BE"/>
+    <w:rsid w:val="00901B71"/>
+    <w:rsid w:val="00901F50"/>
+    <w:rsid w:val="00901F6A"/>
+    <w:rsid w:val="00901F93"/>
+    <w:rsid w:val="00903EEE"/>
+    <w:rsid w:val="0090449B"/>
+    <w:rsid w:val="00905C6F"/>
+    <w:rsid w:val="00905D1F"/>
+    <w:rsid w:val="00906218"/>
+    <w:rsid w:val="009065ED"/>
+    <w:rsid w:val="00906A40"/>
+    <w:rsid w:val="00907166"/>
+    <w:rsid w:val="009111E1"/>
+    <w:rsid w:val="00911BCF"/>
+    <w:rsid w:val="009122DA"/>
+    <w:rsid w:val="00912799"/>
+    <w:rsid w:val="009129E5"/>
+    <w:rsid w:val="00913D32"/>
+    <w:rsid w:val="00913ECE"/>
+    <w:rsid w:val="00913F51"/>
+    <w:rsid w:val="009165DF"/>
+    <w:rsid w:val="00916E63"/>
+    <w:rsid w:val="00920025"/>
+    <w:rsid w:val="00920A45"/>
+    <w:rsid w:val="00922122"/>
+    <w:rsid w:val="00923043"/>
+    <w:rsid w:val="00923696"/>
+    <w:rsid w:val="00923A10"/>
+    <w:rsid w:val="00925C39"/>
+    <w:rsid w:val="009267F7"/>
+    <w:rsid w:val="009301E5"/>
+    <w:rsid w:val="00931EC4"/>
+    <w:rsid w:val="00932D10"/>
+    <w:rsid w:val="009331C4"/>
+    <w:rsid w:val="0093433B"/>
+    <w:rsid w:val="00934BAC"/>
+    <w:rsid w:val="0093501C"/>
+    <w:rsid w:val="00935C12"/>
+    <w:rsid w:val="00935FB0"/>
+    <w:rsid w:val="00936778"/>
+    <w:rsid w:val="00936BA7"/>
+    <w:rsid w:val="009374A7"/>
+    <w:rsid w:val="0094150B"/>
+    <w:rsid w:val="00942781"/>
+    <w:rsid w:val="00943A68"/>
+    <w:rsid w:val="009443CF"/>
+    <w:rsid w:val="00945BFF"/>
+    <w:rsid w:val="0094637E"/>
+    <w:rsid w:val="009505BC"/>
+    <w:rsid w:val="009513EE"/>
+    <w:rsid w:val="009522F6"/>
+    <w:rsid w:val="0095267A"/>
+    <w:rsid w:val="00952D91"/>
+    <w:rsid w:val="00952F61"/>
+    <w:rsid w:val="00953513"/>
+    <w:rsid w:val="00953AF7"/>
+    <w:rsid w:val="009548BD"/>
+    <w:rsid w:val="009552C5"/>
+    <w:rsid w:val="00955425"/>
+    <w:rsid w:val="00955806"/>
+    <w:rsid w:val="00955912"/>
+    <w:rsid w:val="009559F9"/>
+    <w:rsid w:val="009561E2"/>
+    <w:rsid w:val="00956AF9"/>
+    <w:rsid w:val="00961824"/>
+    <w:rsid w:val="00962510"/>
+    <w:rsid w:val="00963EF7"/>
+    <w:rsid w:val="009657AC"/>
+    <w:rsid w:val="00966544"/>
+    <w:rsid w:val="00966547"/>
+    <w:rsid w:val="00966D31"/>
+    <w:rsid w:val="00966E13"/>
+    <w:rsid w:val="009672DD"/>
+    <w:rsid w:val="00972BEB"/>
+    <w:rsid w:val="00973A83"/>
+    <w:rsid w:val="00973AF8"/>
+    <w:rsid w:val="00974497"/>
+    <w:rsid w:val="00975139"/>
+    <w:rsid w:val="00975460"/>
+    <w:rsid w:val="009760CE"/>
+    <w:rsid w:val="00976A71"/>
+    <w:rsid w:val="00976DCB"/>
+    <w:rsid w:val="00976EE8"/>
+    <w:rsid w:val="00976FD4"/>
+    <w:rsid w:val="009772EA"/>
+    <w:rsid w:val="0097738B"/>
+    <w:rsid w:val="009774EF"/>
+    <w:rsid w:val="00977F25"/>
+    <w:rsid w:val="00980209"/>
+    <w:rsid w:val="00980BCF"/>
+    <w:rsid w:val="0098167F"/>
+    <w:rsid w:val="00981E66"/>
+    <w:rsid w:val="00983C7C"/>
+    <w:rsid w:val="00984F3C"/>
+    <w:rsid w:val="00985B30"/>
+    <w:rsid w:val="00986835"/>
+    <w:rsid w:val="00990A64"/>
+    <w:rsid w:val="00991663"/>
+    <w:rsid w:val="00992470"/>
+    <w:rsid w:val="009933FA"/>
+    <w:rsid w:val="00994C2C"/>
+    <w:rsid w:val="0099514F"/>
+    <w:rsid w:val="0099580C"/>
+    <w:rsid w:val="00995E33"/>
+    <w:rsid w:val="00995F77"/>
+    <w:rsid w:val="009967E2"/>
+    <w:rsid w:val="0099734C"/>
+    <w:rsid w:val="0099739B"/>
+    <w:rsid w:val="009979E1"/>
+    <w:rsid w:val="009A0664"/>
+    <w:rsid w:val="009A072B"/>
+    <w:rsid w:val="009A18D6"/>
+    <w:rsid w:val="009A223E"/>
+    <w:rsid w:val="009A325F"/>
+    <w:rsid w:val="009A36B0"/>
+    <w:rsid w:val="009A397C"/>
+    <w:rsid w:val="009A5201"/>
+    <w:rsid w:val="009A6AFF"/>
+    <w:rsid w:val="009A6E7A"/>
+    <w:rsid w:val="009A716B"/>
+    <w:rsid w:val="009A74F5"/>
+    <w:rsid w:val="009B1543"/>
+    <w:rsid w:val="009B19C3"/>
+    <w:rsid w:val="009B2AD3"/>
+    <w:rsid w:val="009B350F"/>
+    <w:rsid w:val="009B4DFB"/>
+    <w:rsid w:val="009B6D58"/>
+    <w:rsid w:val="009B6F73"/>
+    <w:rsid w:val="009B6F74"/>
+    <w:rsid w:val="009B7BE2"/>
+    <w:rsid w:val="009C05DE"/>
+    <w:rsid w:val="009C0865"/>
+    <w:rsid w:val="009C0A40"/>
+    <w:rsid w:val="009C1332"/>
+    <w:rsid w:val="009C2B60"/>
+    <w:rsid w:val="009C2E61"/>
+    <w:rsid w:val="009C434E"/>
+    <w:rsid w:val="009C5008"/>
+    <w:rsid w:val="009C55ED"/>
+    <w:rsid w:val="009C5D51"/>
+    <w:rsid w:val="009C7563"/>
+    <w:rsid w:val="009C7DB8"/>
+    <w:rsid w:val="009D0E9F"/>
+    <w:rsid w:val="009D1118"/>
+    <w:rsid w:val="009D1E2D"/>
+    <w:rsid w:val="009D20A0"/>
+    <w:rsid w:val="009D229D"/>
+    <w:rsid w:val="009D2EAB"/>
+    <w:rsid w:val="009D2EBE"/>
+    <w:rsid w:val="009D3076"/>
+    <w:rsid w:val="009D3461"/>
+    <w:rsid w:val="009D3494"/>
+    <w:rsid w:val="009D3676"/>
+    <w:rsid w:val="009D39F6"/>
+    <w:rsid w:val="009D5782"/>
+    <w:rsid w:val="009D5DEC"/>
+    <w:rsid w:val="009D607B"/>
+    <w:rsid w:val="009D6370"/>
+    <w:rsid w:val="009D7AB2"/>
+    <w:rsid w:val="009D7C9B"/>
+    <w:rsid w:val="009D7DA2"/>
+    <w:rsid w:val="009E166C"/>
+    <w:rsid w:val="009E21FA"/>
+    <w:rsid w:val="009E28D0"/>
+    <w:rsid w:val="009E2BAA"/>
+    <w:rsid w:val="009E391B"/>
+    <w:rsid w:val="009E4653"/>
+    <w:rsid w:val="009E67CB"/>
+    <w:rsid w:val="009E69D4"/>
+    <w:rsid w:val="009E747E"/>
+    <w:rsid w:val="009F05CB"/>
+    <w:rsid w:val="009F1902"/>
+    <w:rsid w:val="009F285B"/>
+    <w:rsid w:val="009F28F5"/>
+    <w:rsid w:val="009F3F56"/>
+    <w:rsid w:val="009F6341"/>
+    <w:rsid w:val="009F67EC"/>
+    <w:rsid w:val="009F6D76"/>
+    <w:rsid w:val="009F7233"/>
+    <w:rsid w:val="009F7EA0"/>
+    <w:rsid w:val="00A002ED"/>
+    <w:rsid w:val="00A016E9"/>
+    <w:rsid w:val="00A02690"/>
+    <w:rsid w:val="00A02B4C"/>
+    <w:rsid w:val="00A03BBD"/>
+    <w:rsid w:val="00A04CA0"/>
+    <w:rsid w:val="00A05376"/>
+    <w:rsid w:val="00A054AA"/>
+    <w:rsid w:val="00A13D34"/>
+    <w:rsid w:val="00A14696"/>
+    <w:rsid w:val="00A15AAB"/>
+    <w:rsid w:val="00A1636F"/>
+    <w:rsid w:val="00A16C99"/>
+    <w:rsid w:val="00A16CDB"/>
+    <w:rsid w:val="00A17395"/>
+    <w:rsid w:val="00A20D18"/>
+    <w:rsid w:val="00A21A65"/>
+    <w:rsid w:val="00A2344C"/>
+    <w:rsid w:val="00A23481"/>
+    <w:rsid w:val="00A24007"/>
+    <w:rsid w:val="00A24A6E"/>
+    <w:rsid w:val="00A26C7B"/>
+    <w:rsid w:val="00A272FC"/>
+    <w:rsid w:val="00A273BF"/>
+    <w:rsid w:val="00A27A50"/>
+    <w:rsid w:val="00A30219"/>
+    <w:rsid w:val="00A316F8"/>
+    <w:rsid w:val="00A31779"/>
+    <w:rsid w:val="00A320C0"/>
+    <w:rsid w:val="00A327CA"/>
+    <w:rsid w:val="00A33075"/>
+    <w:rsid w:val="00A33259"/>
+    <w:rsid w:val="00A338A9"/>
+    <w:rsid w:val="00A339AD"/>
+    <w:rsid w:val="00A33B71"/>
+    <w:rsid w:val="00A34713"/>
+    <w:rsid w:val="00A35A88"/>
+    <w:rsid w:val="00A36BBB"/>
+    <w:rsid w:val="00A36FF3"/>
+    <w:rsid w:val="00A4156E"/>
+    <w:rsid w:val="00A41AF7"/>
+    <w:rsid w:val="00A41D17"/>
+    <w:rsid w:val="00A41DF4"/>
+    <w:rsid w:val="00A42C79"/>
+    <w:rsid w:val="00A43F0D"/>
+    <w:rsid w:val="00A46317"/>
+    <w:rsid w:val="00A46C2D"/>
+    <w:rsid w:val="00A46EC4"/>
+    <w:rsid w:val="00A46FF8"/>
+    <w:rsid w:val="00A47206"/>
+    <w:rsid w:val="00A50B5E"/>
+    <w:rsid w:val="00A516C0"/>
+    <w:rsid w:val="00A518DC"/>
+    <w:rsid w:val="00A526E8"/>
+    <w:rsid w:val="00A5509E"/>
+    <w:rsid w:val="00A55EA9"/>
+    <w:rsid w:val="00A56B89"/>
+    <w:rsid w:val="00A56C77"/>
+    <w:rsid w:val="00A57ADB"/>
+    <w:rsid w:val="00A60004"/>
+    <w:rsid w:val="00A600B5"/>
+    <w:rsid w:val="00A63878"/>
+    <w:rsid w:val="00A63A08"/>
+    <w:rsid w:val="00A63CC3"/>
+    <w:rsid w:val="00A645EF"/>
+    <w:rsid w:val="00A66A3D"/>
+    <w:rsid w:val="00A66D7C"/>
+    <w:rsid w:val="00A66EEA"/>
+    <w:rsid w:val="00A6785C"/>
+    <w:rsid w:val="00A67BB6"/>
+    <w:rsid w:val="00A70447"/>
+    <w:rsid w:val="00A70D41"/>
+    <w:rsid w:val="00A71789"/>
+    <w:rsid w:val="00A7240D"/>
+    <w:rsid w:val="00A724EF"/>
+    <w:rsid w:val="00A72A91"/>
+    <w:rsid w:val="00A75160"/>
+    <w:rsid w:val="00A754EC"/>
+    <w:rsid w:val="00A76F88"/>
+    <w:rsid w:val="00A77A41"/>
+    <w:rsid w:val="00A77F44"/>
+    <w:rsid w:val="00A8001C"/>
+    <w:rsid w:val="00A82818"/>
+    <w:rsid w:val="00A84486"/>
+    <w:rsid w:val="00A844E7"/>
+    <w:rsid w:val="00A846CD"/>
+    <w:rsid w:val="00A85845"/>
+    <w:rsid w:val="00A85FA7"/>
+    <w:rsid w:val="00A86203"/>
+    <w:rsid w:val="00A87561"/>
+    <w:rsid w:val="00A90B7B"/>
+    <w:rsid w:val="00A917E0"/>
+    <w:rsid w:val="00A92CCA"/>
+    <w:rsid w:val="00A92D24"/>
+    <w:rsid w:val="00A9310C"/>
+    <w:rsid w:val="00A9379B"/>
+    <w:rsid w:val="00A9381D"/>
+    <w:rsid w:val="00A95278"/>
+    <w:rsid w:val="00A95411"/>
+    <w:rsid w:val="00A957E3"/>
+    <w:rsid w:val="00A96DAD"/>
+    <w:rsid w:val="00AA079A"/>
+    <w:rsid w:val="00AA120E"/>
+    <w:rsid w:val="00AA15F8"/>
+    <w:rsid w:val="00AA1FF7"/>
+    <w:rsid w:val="00AA23B3"/>
+    <w:rsid w:val="00AA3E4E"/>
+    <w:rsid w:val="00AA4005"/>
+    <w:rsid w:val="00AA4754"/>
+    <w:rsid w:val="00AA4E8F"/>
+    <w:rsid w:val="00AA64CC"/>
+    <w:rsid w:val="00AA692C"/>
+    <w:rsid w:val="00AA6E0B"/>
+    <w:rsid w:val="00AA7F7E"/>
+    <w:rsid w:val="00AB0135"/>
+    <w:rsid w:val="00AB0702"/>
+    <w:rsid w:val="00AB075B"/>
+    <w:rsid w:val="00AB1E7A"/>
+    <w:rsid w:val="00AB3345"/>
+    <w:rsid w:val="00AC1ECC"/>
+    <w:rsid w:val="00AC5449"/>
+    <w:rsid w:val="00AC6C3E"/>
+    <w:rsid w:val="00AD00FC"/>
+    <w:rsid w:val="00AD11FB"/>
+    <w:rsid w:val="00AD15B2"/>
+    <w:rsid w:val="00AD1870"/>
+    <w:rsid w:val="00AD194F"/>
+    <w:rsid w:val="00AD56CA"/>
+    <w:rsid w:val="00AD56D9"/>
+    <w:rsid w:val="00AD56E1"/>
+    <w:rsid w:val="00AD5BAC"/>
+    <w:rsid w:val="00AD6A69"/>
+    <w:rsid w:val="00AD6AE5"/>
+    <w:rsid w:val="00AD7A9F"/>
+    <w:rsid w:val="00AE10A6"/>
+    <w:rsid w:val="00AE25BF"/>
+    <w:rsid w:val="00AE2C35"/>
+    <w:rsid w:val="00AE3CC2"/>
+    <w:rsid w:val="00AE6508"/>
+    <w:rsid w:val="00AE65C0"/>
+    <w:rsid w:val="00AE7593"/>
+    <w:rsid w:val="00AF015C"/>
+    <w:rsid w:val="00AF054D"/>
+    <w:rsid w:val="00AF1B1E"/>
+    <w:rsid w:val="00AF58A6"/>
+    <w:rsid w:val="00AF5A18"/>
+    <w:rsid w:val="00AF5A23"/>
+    <w:rsid w:val="00AF5F16"/>
+    <w:rsid w:val="00AF7BE9"/>
+    <w:rsid w:val="00B00ED0"/>
+    <w:rsid w:val="00B010E8"/>
+    <w:rsid w:val="00B01887"/>
+    <w:rsid w:val="00B03A25"/>
+    <w:rsid w:val="00B03F8E"/>
+    <w:rsid w:val="00B04BF9"/>
+    <w:rsid w:val="00B059A8"/>
+    <w:rsid w:val="00B05F24"/>
+    <w:rsid w:val="00B060F0"/>
+    <w:rsid w:val="00B072D0"/>
+    <w:rsid w:val="00B1078B"/>
+    <w:rsid w:val="00B11ED4"/>
+    <w:rsid w:val="00B12E78"/>
+    <w:rsid w:val="00B143FA"/>
+    <w:rsid w:val="00B164D6"/>
+    <w:rsid w:val="00B16535"/>
+    <w:rsid w:val="00B16B28"/>
+    <w:rsid w:val="00B16BAA"/>
+    <w:rsid w:val="00B17159"/>
+    <w:rsid w:val="00B176F2"/>
+    <w:rsid w:val="00B20A6A"/>
+    <w:rsid w:val="00B21919"/>
+    <w:rsid w:val="00B24B05"/>
+    <w:rsid w:val="00B25371"/>
+    <w:rsid w:val="00B257A1"/>
+    <w:rsid w:val="00B265CF"/>
+    <w:rsid w:val="00B30FF0"/>
+    <w:rsid w:val="00B33C4F"/>
+    <w:rsid w:val="00B3470F"/>
+    <w:rsid w:val="00B359FD"/>
+    <w:rsid w:val="00B36CC9"/>
+    <w:rsid w:val="00B37F41"/>
+    <w:rsid w:val="00B400A3"/>
+    <w:rsid w:val="00B41515"/>
+    <w:rsid w:val="00B4244A"/>
+    <w:rsid w:val="00B4339A"/>
+    <w:rsid w:val="00B44C1B"/>
+    <w:rsid w:val="00B45497"/>
+    <w:rsid w:val="00B47724"/>
+    <w:rsid w:val="00B47937"/>
+    <w:rsid w:val="00B5078B"/>
+    <w:rsid w:val="00B50E67"/>
+    <w:rsid w:val="00B51069"/>
+    <w:rsid w:val="00B51A36"/>
+    <w:rsid w:val="00B51CDF"/>
+    <w:rsid w:val="00B536BF"/>
+    <w:rsid w:val="00B53824"/>
+    <w:rsid w:val="00B53C19"/>
+    <w:rsid w:val="00B53CAD"/>
+    <w:rsid w:val="00B5447E"/>
+    <w:rsid w:val="00B5524C"/>
+    <w:rsid w:val="00B554A5"/>
+    <w:rsid w:val="00B5585C"/>
+    <w:rsid w:val="00B55D27"/>
+    <w:rsid w:val="00B56862"/>
+    <w:rsid w:val="00B5699E"/>
+    <w:rsid w:val="00B573AB"/>
+    <w:rsid w:val="00B600C0"/>
+    <w:rsid w:val="00B612E4"/>
+    <w:rsid w:val="00B61574"/>
+    <w:rsid w:val="00B6178F"/>
+    <w:rsid w:val="00B61AE7"/>
+    <w:rsid w:val="00B65266"/>
+    <w:rsid w:val="00B662EF"/>
+    <w:rsid w:val="00B66B5D"/>
+    <w:rsid w:val="00B7037D"/>
+    <w:rsid w:val="00B71306"/>
+    <w:rsid w:val="00B721E7"/>
+    <w:rsid w:val="00B724AB"/>
+    <w:rsid w:val="00B73E9A"/>
+    <w:rsid w:val="00B744A7"/>
+    <w:rsid w:val="00B750C7"/>
+    <w:rsid w:val="00B75636"/>
+    <w:rsid w:val="00B76564"/>
+    <w:rsid w:val="00B76F9B"/>
+    <w:rsid w:val="00B801FC"/>
+    <w:rsid w:val="00B8037B"/>
+    <w:rsid w:val="00B8151B"/>
+    <w:rsid w:val="00B83C7D"/>
+    <w:rsid w:val="00B8506A"/>
+    <w:rsid w:val="00B8667D"/>
+    <w:rsid w:val="00B92553"/>
+    <w:rsid w:val="00B93236"/>
+    <w:rsid w:val="00B941E4"/>
+    <w:rsid w:val="00B94E7C"/>
+    <w:rsid w:val="00B95F3C"/>
+    <w:rsid w:val="00B966B0"/>
+    <w:rsid w:val="00BA0A7C"/>
+    <w:rsid w:val="00BA0B98"/>
+    <w:rsid w:val="00BA1F35"/>
+    <w:rsid w:val="00BA5DD5"/>
+    <w:rsid w:val="00BA67D0"/>
+    <w:rsid w:val="00BA6B13"/>
+    <w:rsid w:val="00BA7DBD"/>
+    <w:rsid w:val="00BB0950"/>
+    <w:rsid w:val="00BB1445"/>
+    <w:rsid w:val="00BB2863"/>
+    <w:rsid w:val="00BB2BE5"/>
+    <w:rsid w:val="00BB3733"/>
+    <w:rsid w:val="00BB526A"/>
+    <w:rsid w:val="00BB6608"/>
+    <w:rsid w:val="00BC00E7"/>
+    <w:rsid w:val="00BC0A04"/>
+    <w:rsid w:val="00BC112D"/>
+    <w:rsid w:val="00BC113E"/>
+    <w:rsid w:val="00BC4965"/>
+    <w:rsid w:val="00BC4D09"/>
+    <w:rsid w:val="00BC5BC5"/>
+    <w:rsid w:val="00BC5F52"/>
+    <w:rsid w:val="00BC6D8D"/>
+    <w:rsid w:val="00BC70A0"/>
+    <w:rsid w:val="00BD0D2B"/>
+    <w:rsid w:val="00BD1F22"/>
+    <w:rsid w:val="00BD3AC4"/>
+    <w:rsid w:val="00BD3E66"/>
+    <w:rsid w:val="00BD57CC"/>
+    <w:rsid w:val="00BD750B"/>
+    <w:rsid w:val="00BD76F7"/>
+    <w:rsid w:val="00BD7F28"/>
+    <w:rsid w:val="00BE0E81"/>
+    <w:rsid w:val="00BE10C1"/>
+    <w:rsid w:val="00BE1CFC"/>
+    <w:rsid w:val="00BE20B9"/>
+    <w:rsid w:val="00BE3DD9"/>
+    <w:rsid w:val="00BE3F5D"/>
+    <w:rsid w:val="00BE47F6"/>
+    <w:rsid w:val="00BE4C11"/>
+    <w:rsid w:val="00BE5111"/>
+    <w:rsid w:val="00BE6575"/>
+    <w:rsid w:val="00BE701D"/>
+    <w:rsid w:val="00BE709A"/>
+    <w:rsid w:val="00BF0BAA"/>
+    <w:rsid w:val="00BF10F6"/>
+    <w:rsid w:val="00BF192F"/>
+    <w:rsid w:val="00BF3955"/>
+    <w:rsid w:val="00BF4627"/>
+    <w:rsid w:val="00BF5516"/>
+    <w:rsid w:val="00BF5A8D"/>
+    <w:rsid w:val="00BF7AB3"/>
+    <w:rsid w:val="00C002FB"/>
+    <w:rsid w:val="00C0113C"/>
+    <w:rsid w:val="00C016B1"/>
+    <w:rsid w:val="00C0213E"/>
+    <w:rsid w:val="00C02AEF"/>
+    <w:rsid w:val="00C03E43"/>
+    <w:rsid w:val="00C047E8"/>
+    <w:rsid w:val="00C071B5"/>
+    <w:rsid w:val="00C071F4"/>
+    <w:rsid w:val="00C07A81"/>
+    <w:rsid w:val="00C109A8"/>
+    <w:rsid w:val="00C11456"/>
+    <w:rsid w:val="00C116B1"/>
+    <w:rsid w:val="00C122BA"/>
+    <w:rsid w:val="00C13E17"/>
+    <w:rsid w:val="00C15D58"/>
+    <w:rsid w:val="00C160C7"/>
+    <w:rsid w:val="00C1673F"/>
+    <w:rsid w:val="00C175E5"/>
+    <w:rsid w:val="00C21EAF"/>
+    <w:rsid w:val="00C22EC2"/>
+    <w:rsid w:val="00C24C8C"/>
+    <w:rsid w:val="00C24CBB"/>
+    <w:rsid w:val="00C25B6A"/>
+    <w:rsid w:val="00C30904"/>
+    <w:rsid w:val="00C30950"/>
+    <w:rsid w:val="00C30E1D"/>
+    <w:rsid w:val="00C30F70"/>
+    <w:rsid w:val="00C31765"/>
+    <w:rsid w:val="00C3205F"/>
+    <w:rsid w:val="00C3290B"/>
+    <w:rsid w:val="00C3367D"/>
+    <w:rsid w:val="00C338E3"/>
+    <w:rsid w:val="00C34091"/>
+    <w:rsid w:val="00C3670F"/>
+    <w:rsid w:val="00C40F54"/>
+    <w:rsid w:val="00C40F87"/>
+    <w:rsid w:val="00C41FFD"/>
+    <w:rsid w:val="00C43E08"/>
+    <w:rsid w:val="00C43EE8"/>
+    <w:rsid w:val="00C44448"/>
+    <w:rsid w:val="00C4683D"/>
+    <w:rsid w:val="00C46993"/>
+    <w:rsid w:val="00C47B44"/>
+    <w:rsid w:val="00C5111E"/>
+    <w:rsid w:val="00C52021"/>
+    <w:rsid w:val="00C525B9"/>
+    <w:rsid w:val="00C52F50"/>
+    <w:rsid w:val="00C532E9"/>
+    <w:rsid w:val="00C53534"/>
+    <w:rsid w:val="00C53903"/>
+    <w:rsid w:val="00C550B0"/>
+    <w:rsid w:val="00C558D2"/>
+    <w:rsid w:val="00C56E73"/>
+    <w:rsid w:val="00C57655"/>
+    <w:rsid w:val="00C57C8E"/>
+    <w:rsid w:val="00C6088E"/>
+    <w:rsid w:val="00C609CA"/>
+    <w:rsid w:val="00C617F4"/>
+    <w:rsid w:val="00C6293B"/>
+    <w:rsid w:val="00C62FF3"/>
+    <w:rsid w:val="00C6344C"/>
+    <w:rsid w:val="00C64404"/>
+    <w:rsid w:val="00C7067D"/>
+    <w:rsid w:val="00C7074D"/>
+    <w:rsid w:val="00C713FD"/>
+    <w:rsid w:val="00C72DCF"/>
+    <w:rsid w:val="00C731A8"/>
+    <w:rsid w:val="00C737EB"/>
+    <w:rsid w:val="00C73D6E"/>
+    <w:rsid w:val="00C73DCA"/>
+    <w:rsid w:val="00C75D2C"/>
+    <w:rsid w:val="00C76CF6"/>
+    <w:rsid w:val="00C76D48"/>
+    <w:rsid w:val="00C80262"/>
+    <w:rsid w:val="00C81D84"/>
+    <w:rsid w:val="00C81E04"/>
+    <w:rsid w:val="00C82ABA"/>
+    <w:rsid w:val="00C86609"/>
+    <w:rsid w:val="00C8684B"/>
+    <w:rsid w:val="00C87066"/>
+    <w:rsid w:val="00C87652"/>
+    <w:rsid w:val="00C87831"/>
+    <w:rsid w:val="00C90408"/>
+    <w:rsid w:val="00C90623"/>
+    <w:rsid w:val="00C90853"/>
+    <w:rsid w:val="00C90974"/>
+    <w:rsid w:val="00C90AE0"/>
+    <w:rsid w:val="00C90FD4"/>
+    <w:rsid w:val="00C91543"/>
+    <w:rsid w:val="00C91768"/>
+    <w:rsid w:val="00C91D3E"/>
+    <w:rsid w:val="00C921C3"/>
+    <w:rsid w:val="00C923AE"/>
+    <w:rsid w:val="00C929E1"/>
+    <w:rsid w:val="00C92B0C"/>
+    <w:rsid w:val="00C92C9D"/>
+    <w:rsid w:val="00C93448"/>
+    <w:rsid w:val="00C93575"/>
+    <w:rsid w:val="00C93647"/>
+    <w:rsid w:val="00C94423"/>
+    <w:rsid w:val="00C96BF8"/>
+    <w:rsid w:val="00CA0400"/>
+    <w:rsid w:val="00CA0ECA"/>
+    <w:rsid w:val="00CA1326"/>
+    <w:rsid w:val="00CA2936"/>
+    <w:rsid w:val="00CA314E"/>
+    <w:rsid w:val="00CA3CAB"/>
+    <w:rsid w:val="00CA4D88"/>
+    <w:rsid w:val="00CA4E41"/>
+    <w:rsid w:val="00CA558C"/>
+    <w:rsid w:val="00CA5FB3"/>
+    <w:rsid w:val="00CA6D65"/>
+    <w:rsid w:val="00CA792A"/>
+    <w:rsid w:val="00CB1132"/>
+    <w:rsid w:val="00CB31D4"/>
+    <w:rsid w:val="00CB35B9"/>
+    <w:rsid w:val="00CB38A6"/>
+    <w:rsid w:val="00CB42C1"/>
+    <w:rsid w:val="00CB4D40"/>
+    <w:rsid w:val="00CB5057"/>
+    <w:rsid w:val="00CB5F9F"/>
+    <w:rsid w:val="00CB6301"/>
+    <w:rsid w:val="00CB7EF2"/>
+    <w:rsid w:val="00CC09DD"/>
+    <w:rsid w:val="00CC2E46"/>
+    <w:rsid w:val="00CC4135"/>
+    <w:rsid w:val="00CC696A"/>
+    <w:rsid w:val="00CC7618"/>
+    <w:rsid w:val="00CD2CD6"/>
+    <w:rsid w:val="00CD2EF8"/>
+    <w:rsid w:val="00CD3837"/>
+    <w:rsid w:val="00CD4D81"/>
+    <w:rsid w:val="00CD5B9B"/>
+    <w:rsid w:val="00CD5BBF"/>
+    <w:rsid w:val="00CD625A"/>
+    <w:rsid w:val="00CD6798"/>
+    <w:rsid w:val="00CD6CF5"/>
+    <w:rsid w:val="00CD7145"/>
+    <w:rsid w:val="00CD752F"/>
+    <w:rsid w:val="00CE0F25"/>
+    <w:rsid w:val="00CE146A"/>
+    <w:rsid w:val="00CE14D3"/>
+    <w:rsid w:val="00CE2034"/>
+    <w:rsid w:val="00CE2626"/>
+    <w:rsid w:val="00CE3876"/>
+    <w:rsid w:val="00CE707F"/>
+    <w:rsid w:val="00CF013E"/>
+    <w:rsid w:val="00CF0E48"/>
+    <w:rsid w:val="00CF0F9D"/>
+    <w:rsid w:val="00CF144C"/>
+    <w:rsid w:val="00CF1C8C"/>
+    <w:rsid w:val="00CF4A67"/>
+    <w:rsid w:val="00CF55BB"/>
+    <w:rsid w:val="00CF6550"/>
+    <w:rsid w:val="00CF77E4"/>
+    <w:rsid w:val="00CF793D"/>
+    <w:rsid w:val="00D02B70"/>
+    <w:rsid w:val="00D05626"/>
+    <w:rsid w:val="00D05B18"/>
+    <w:rsid w:val="00D062A4"/>
+    <w:rsid w:val="00D0677B"/>
+    <w:rsid w:val="00D06FA3"/>
+    <w:rsid w:val="00D070BE"/>
+    <w:rsid w:val="00D10804"/>
+    <w:rsid w:val="00D13754"/>
+    <w:rsid w:val="00D13DF9"/>
+    <w:rsid w:val="00D164B8"/>
+    <w:rsid w:val="00D16BA8"/>
+    <w:rsid w:val="00D16D37"/>
+    <w:rsid w:val="00D17745"/>
+    <w:rsid w:val="00D20FBE"/>
+    <w:rsid w:val="00D212B6"/>
+    <w:rsid w:val="00D25A25"/>
+    <w:rsid w:val="00D25E83"/>
+    <w:rsid w:val="00D26490"/>
+    <w:rsid w:val="00D279C4"/>
+    <w:rsid w:val="00D30B96"/>
+    <w:rsid w:val="00D311E2"/>
+    <w:rsid w:val="00D33BFC"/>
+    <w:rsid w:val="00D347F6"/>
+    <w:rsid w:val="00D35B2B"/>
+    <w:rsid w:val="00D36EEB"/>
+    <w:rsid w:val="00D3736E"/>
+    <w:rsid w:val="00D40723"/>
+    <w:rsid w:val="00D409CD"/>
+    <w:rsid w:val="00D4168C"/>
+    <w:rsid w:val="00D41A21"/>
+    <w:rsid w:val="00D42452"/>
+    <w:rsid w:val="00D42807"/>
+    <w:rsid w:val="00D4397A"/>
+    <w:rsid w:val="00D43CF8"/>
+    <w:rsid w:val="00D43E69"/>
+    <w:rsid w:val="00D44A61"/>
+    <w:rsid w:val="00D44E9E"/>
+    <w:rsid w:val="00D4529D"/>
+    <w:rsid w:val="00D45803"/>
+    <w:rsid w:val="00D46B66"/>
+    <w:rsid w:val="00D471E3"/>
+    <w:rsid w:val="00D5023C"/>
+    <w:rsid w:val="00D50DF3"/>
+    <w:rsid w:val="00D52B02"/>
+    <w:rsid w:val="00D55040"/>
+    <w:rsid w:val="00D558E9"/>
+    <w:rsid w:val="00D56F4F"/>
+    <w:rsid w:val="00D571E7"/>
+    <w:rsid w:val="00D57C55"/>
+    <w:rsid w:val="00D57FC5"/>
+    <w:rsid w:val="00D60F74"/>
+    <w:rsid w:val="00D62D5A"/>
+    <w:rsid w:val="00D63F6C"/>
+    <w:rsid w:val="00D64C2D"/>
+    <w:rsid w:val="00D64F77"/>
+    <w:rsid w:val="00D6553D"/>
+    <w:rsid w:val="00D6588C"/>
+    <w:rsid w:val="00D65EFE"/>
+    <w:rsid w:val="00D664D6"/>
+    <w:rsid w:val="00D67DEB"/>
+    <w:rsid w:val="00D71E24"/>
+    <w:rsid w:val="00D72C77"/>
+    <w:rsid w:val="00D73671"/>
+    <w:rsid w:val="00D73F72"/>
+    <w:rsid w:val="00D74E3F"/>
+    <w:rsid w:val="00D75223"/>
+    <w:rsid w:val="00D752D0"/>
+    <w:rsid w:val="00D759E5"/>
+    <w:rsid w:val="00D76274"/>
+    <w:rsid w:val="00D80DEE"/>
+    <w:rsid w:val="00D81176"/>
+    <w:rsid w:val="00D82582"/>
+    <w:rsid w:val="00D82E44"/>
+    <w:rsid w:val="00D83902"/>
+    <w:rsid w:val="00D85D32"/>
+    <w:rsid w:val="00D87B4D"/>
+    <w:rsid w:val="00D910DE"/>
+    <w:rsid w:val="00D917A3"/>
+    <w:rsid w:val="00D91890"/>
+    <w:rsid w:val="00D92985"/>
+    <w:rsid w:val="00D95BD5"/>
+    <w:rsid w:val="00D95D91"/>
+    <w:rsid w:val="00D95DF3"/>
+    <w:rsid w:val="00D96007"/>
+    <w:rsid w:val="00D9618E"/>
+    <w:rsid w:val="00D9723C"/>
+    <w:rsid w:val="00DA0618"/>
+    <w:rsid w:val="00DA3B7A"/>
+    <w:rsid w:val="00DA3E92"/>
+    <w:rsid w:val="00DA5F4A"/>
+    <w:rsid w:val="00DA6404"/>
+    <w:rsid w:val="00DA6CA6"/>
+    <w:rsid w:val="00DB2CEB"/>
+    <w:rsid w:val="00DB2F62"/>
+    <w:rsid w:val="00DB2FF0"/>
+    <w:rsid w:val="00DB42DE"/>
+    <w:rsid w:val="00DB63A2"/>
+    <w:rsid w:val="00DB77F2"/>
+    <w:rsid w:val="00DC102F"/>
+    <w:rsid w:val="00DC1F63"/>
+    <w:rsid w:val="00DC3790"/>
+    <w:rsid w:val="00DC39E9"/>
+    <w:rsid w:val="00DC4440"/>
+    <w:rsid w:val="00DC4669"/>
+    <w:rsid w:val="00DC653C"/>
+    <w:rsid w:val="00DD3B9F"/>
+    <w:rsid w:val="00DD6C3F"/>
+    <w:rsid w:val="00DD6EB9"/>
+    <w:rsid w:val="00DE089C"/>
+    <w:rsid w:val="00DE17C6"/>
+    <w:rsid w:val="00DE376E"/>
+    <w:rsid w:val="00DE41E5"/>
+    <w:rsid w:val="00DE507D"/>
+    <w:rsid w:val="00DE543E"/>
+    <w:rsid w:val="00DE60EB"/>
+    <w:rsid w:val="00DE676B"/>
+    <w:rsid w:val="00DE7815"/>
+    <w:rsid w:val="00DE7DFE"/>
+    <w:rsid w:val="00DF2119"/>
+    <w:rsid w:val="00DF2A7A"/>
+    <w:rsid w:val="00DF3F7B"/>
+    <w:rsid w:val="00DF4165"/>
+    <w:rsid w:val="00DF4940"/>
+    <w:rsid w:val="00DF7F45"/>
+    <w:rsid w:val="00E00A66"/>
+    <w:rsid w:val="00E00E67"/>
+    <w:rsid w:val="00E01343"/>
+    <w:rsid w:val="00E021D6"/>
+    <w:rsid w:val="00E03B79"/>
+    <w:rsid w:val="00E03C24"/>
+    <w:rsid w:val="00E0440B"/>
+    <w:rsid w:val="00E05350"/>
+    <w:rsid w:val="00E059B3"/>
+    <w:rsid w:val="00E06739"/>
+    <w:rsid w:val="00E073CC"/>
+    <w:rsid w:val="00E1049C"/>
+    <w:rsid w:val="00E10D6F"/>
+    <w:rsid w:val="00E145C8"/>
+    <w:rsid w:val="00E14869"/>
+    <w:rsid w:val="00E14BDB"/>
+    <w:rsid w:val="00E15042"/>
+    <w:rsid w:val="00E15AF5"/>
+    <w:rsid w:val="00E15E25"/>
+    <w:rsid w:val="00E16C95"/>
+    <w:rsid w:val="00E16DB2"/>
+    <w:rsid w:val="00E22444"/>
+    <w:rsid w:val="00E23148"/>
+    <w:rsid w:val="00E23E35"/>
+    <w:rsid w:val="00E241B7"/>
+    <w:rsid w:val="00E277A0"/>
+    <w:rsid w:val="00E30B21"/>
+    <w:rsid w:val="00E31189"/>
+    <w:rsid w:val="00E32A5B"/>
+    <w:rsid w:val="00E3313B"/>
+    <w:rsid w:val="00E33B84"/>
+    <w:rsid w:val="00E3426E"/>
+    <w:rsid w:val="00E34724"/>
+    <w:rsid w:val="00E35282"/>
+    <w:rsid w:val="00E35B64"/>
+    <w:rsid w:val="00E417D7"/>
+    <w:rsid w:val="00E41CC5"/>
+    <w:rsid w:val="00E42A56"/>
+    <w:rsid w:val="00E42D98"/>
+    <w:rsid w:val="00E431F5"/>
+    <w:rsid w:val="00E4321C"/>
+    <w:rsid w:val="00E43226"/>
+    <w:rsid w:val="00E43E76"/>
+    <w:rsid w:val="00E4494D"/>
+    <w:rsid w:val="00E457C2"/>
+    <w:rsid w:val="00E45965"/>
+    <w:rsid w:val="00E4637B"/>
+    <w:rsid w:val="00E50243"/>
+    <w:rsid w:val="00E5131E"/>
+    <w:rsid w:val="00E51A13"/>
+    <w:rsid w:val="00E51CB7"/>
+    <w:rsid w:val="00E51FC2"/>
+    <w:rsid w:val="00E5342D"/>
+    <w:rsid w:val="00E54A96"/>
+    <w:rsid w:val="00E54BA5"/>
+    <w:rsid w:val="00E54DE1"/>
+    <w:rsid w:val="00E555BD"/>
+    <w:rsid w:val="00E5571E"/>
+    <w:rsid w:val="00E56176"/>
+    <w:rsid w:val="00E602FC"/>
+    <w:rsid w:val="00E60FAE"/>
+    <w:rsid w:val="00E61947"/>
+    <w:rsid w:val="00E61C36"/>
+    <w:rsid w:val="00E63774"/>
+    <w:rsid w:val="00E63C0D"/>
+    <w:rsid w:val="00E6464F"/>
+    <w:rsid w:val="00E6514C"/>
+    <w:rsid w:val="00E7025A"/>
+    <w:rsid w:val="00E70A0C"/>
+    <w:rsid w:val="00E710A0"/>
+    <w:rsid w:val="00E71C18"/>
+    <w:rsid w:val="00E730D5"/>
+    <w:rsid w:val="00E7379E"/>
+    <w:rsid w:val="00E7408D"/>
+    <w:rsid w:val="00E74725"/>
+    <w:rsid w:val="00E766FB"/>
+    <w:rsid w:val="00E76B3E"/>
+    <w:rsid w:val="00E76F49"/>
+    <w:rsid w:val="00E7752A"/>
+    <w:rsid w:val="00E80A34"/>
+    <w:rsid w:val="00E80B15"/>
+    <w:rsid w:val="00E843B7"/>
+    <w:rsid w:val="00E85925"/>
+    <w:rsid w:val="00E862F0"/>
+    <w:rsid w:val="00E86F06"/>
+    <w:rsid w:val="00E90482"/>
+    <w:rsid w:val="00E90EB0"/>
+    <w:rsid w:val="00E9404D"/>
+    <w:rsid w:val="00E9632E"/>
+    <w:rsid w:val="00E97132"/>
+    <w:rsid w:val="00E97C9A"/>
+    <w:rsid w:val="00E97D9A"/>
+    <w:rsid w:val="00EA0A81"/>
+    <w:rsid w:val="00EA1A2F"/>
+    <w:rsid w:val="00EA2D5F"/>
+    <w:rsid w:val="00EA44FD"/>
+    <w:rsid w:val="00EA4DB9"/>
+    <w:rsid w:val="00EA5150"/>
+    <w:rsid w:val="00EA5453"/>
+    <w:rsid w:val="00EA5E02"/>
+    <w:rsid w:val="00EA6801"/>
+    <w:rsid w:val="00EA6D99"/>
+    <w:rsid w:val="00EB0454"/>
+    <w:rsid w:val="00EB169E"/>
+    <w:rsid w:val="00EB1F1A"/>
+    <w:rsid w:val="00EB2386"/>
+    <w:rsid w:val="00EB243C"/>
+    <w:rsid w:val="00EB323E"/>
+    <w:rsid w:val="00EB351B"/>
+    <w:rsid w:val="00EB4AB8"/>
+    <w:rsid w:val="00EB545B"/>
+    <w:rsid w:val="00EC1368"/>
+    <w:rsid w:val="00EC1794"/>
+    <w:rsid w:val="00EC1DF2"/>
+    <w:rsid w:val="00EC2005"/>
+    <w:rsid w:val="00EC2AF4"/>
+    <w:rsid w:val="00EC3F69"/>
+    <w:rsid w:val="00EC53DC"/>
+    <w:rsid w:val="00EC58F7"/>
+    <w:rsid w:val="00EC7B64"/>
+    <w:rsid w:val="00ED108D"/>
+    <w:rsid w:val="00ED126D"/>
+    <w:rsid w:val="00ED19FA"/>
+    <w:rsid w:val="00ED1C1F"/>
+    <w:rsid w:val="00ED2D04"/>
+    <w:rsid w:val="00ED30DE"/>
+    <w:rsid w:val="00ED347D"/>
+    <w:rsid w:val="00ED4969"/>
+    <w:rsid w:val="00ED529B"/>
+    <w:rsid w:val="00ED5A22"/>
+    <w:rsid w:val="00ED7219"/>
+    <w:rsid w:val="00EE04DD"/>
+    <w:rsid w:val="00EE1273"/>
+    <w:rsid w:val="00EE2615"/>
+    <w:rsid w:val="00EE28AF"/>
+    <w:rsid w:val="00EE34F5"/>
+    <w:rsid w:val="00EE36AD"/>
+    <w:rsid w:val="00EE3B1B"/>
+    <w:rsid w:val="00EE3EF6"/>
+    <w:rsid w:val="00EE5997"/>
+    <w:rsid w:val="00EE648B"/>
+    <w:rsid w:val="00EF10BC"/>
+    <w:rsid w:val="00EF14B0"/>
+    <w:rsid w:val="00EF2693"/>
+    <w:rsid w:val="00EF3D35"/>
+    <w:rsid w:val="00EF45B7"/>
+    <w:rsid w:val="00EF54E1"/>
+    <w:rsid w:val="00EF5BAB"/>
+    <w:rsid w:val="00EF5FFE"/>
+    <w:rsid w:val="00EF6EBB"/>
+    <w:rsid w:val="00EF71EA"/>
+    <w:rsid w:val="00EF744E"/>
+    <w:rsid w:val="00EF7616"/>
+    <w:rsid w:val="00EF7861"/>
+    <w:rsid w:val="00EF7E93"/>
+    <w:rsid w:val="00F01BAB"/>
+    <w:rsid w:val="00F03C6E"/>
+    <w:rsid w:val="00F05E1F"/>
+    <w:rsid w:val="00F06248"/>
+    <w:rsid w:val="00F07319"/>
+    <w:rsid w:val="00F11BB5"/>
+    <w:rsid w:val="00F12B14"/>
+    <w:rsid w:val="00F1405A"/>
+    <w:rsid w:val="00F1429E"/>
+    <w:rsid w:val="00F14D1D"/>
+    <w:rsid w:val="00F15495"/>
+    <w:rsid w:val="00F15DE3"/>
+    <w:rsid w:val="00F16654"/>
+    <w:rsid w:val="00F17131"/>
+    <w:rsid w:val="00F17831"/>
+    <w:rsid w:val="00F20A76"/>
+    <w:rsid w:val="00F210DD"/>
+    <w:rsid w:val="00F2119E"/>
+    <w:rsid w:val="00F212EA"/>
+    <w:rsid w:val="00F2288A"/>
+    <w:rsid w:val="00F233E7"/>
+    <w:rsid w:val="00F24012"/>
+    <w:rsid w:val="00F24340"/>
+    <w:rsid w:val="00F2628D"/>
+    <w:rsid w:val="00F265BC"/>
+    <w:rsid w:val="00F26980"/>
+    <w:rsid w:val="00F2712A"/>
+    <w:rsid w:val="00F3089D"/>
+    <w:rsid w:val="00F30D61"/>
+    <w:rsid w:val="00F31531"/>
+    <w:rsid w:val="00F316B1"/>
+    <w:rsid w:val="00F31A1C"/>
+    <w:rsid w:val="00F31FFE"/>
+    <w:rsid w:val="00F32B2D"/>
+    <w:rsid w:val="00F3384F"/>
+    <w:rsid w:val="00F33A3F"/>
+    <w:rsid w:val="00F34CDE"/>
+    <w:rsid w:val="00F35CD3"/>
+    <w:rsid w:val="00F360AC"/>
+    <w:rsid w:val="00F379F2"/>
+    <w:rsid w:val="00F40678"/>
+    <w:rsid w:val="00F41B35"/>
+    <w:rsid w:val="00F42C95"/>
+    <w:rsid w:val="00F443E0"/>
+    <w:rsid w:val="00F45AA1"/>
+    <w:rsid w:val="00F45F3A"/>
+    <w:rsid w:val="00F465DF"/>
+    <w:rsid w:val="00F46986"/>
+    <w:rsid w:val="00F47BA5"/>
+    <w:rsid w:val="00F51D3D"/>
+    <w:rsid w:val="00F52A5E"/>
+    <w:rsid w:val="00F52CE0"/>
+    <w:rsid w:val="00F54808"/>
+    <w:rsid w:val="00F55C9F"/>
+    <w:rsid w:val="00F56A46"/>
+    <w:rsid w:val="00F5730C"/>
+    <w:rsid w:val="00F576DE"/>
+    <w:rsid w:val="00F6082B"/>
+    <w:rsid w:val="00F611C6"/>
+    <w:rsid w:val="00F61A1F"/>
+    <w:rsid w:val="00F63809"/>
+    <w:rsid w:val="00F63AEC"/>
+    <w:rsid w:val="00F643E7"/>
+    <w:rsid w:val="00F644B2"/>
+    <w:rsid w:val="00F645EA"/>
+    <w:rsid w:val="00F64DC0"/>
+    <w:rsid w:val="00F662EC"/>
+    <w:rsid w:val="00F67A7F"/>
+    <w:rsid w:val="00F7058F"/>
+    <w:rsid w:val="00F7103E"/>
+    <w:rsid w:val="00F716F3"/>
+    <w:rsid w:val="00F71C30"/>
+    <w:rsid w:val="00F7302C"/>
+    <w:rsid w:val="00F731A0"/>
+    <w:rsid w:val="00F73361"/>
+    <w:rsid w:val="00F73E41"/>
+    <w:rsid w:val="00F74D13"/>
+    <w:rsid w:val="00F75B3A"/>
+    <w:rsid w:val="00F75B72"/>
+    <w:rsid w:val="00F75EF4"/>
+    <w:rsid w:val="00F764B8"/>
+    <w:rsid w:val="00F769C6"/>
+    <w:rsid w:val="00F778E9"/>
+    <w:rsid w:val="00F804D9"/>
+    <w:rsid w:val="00F80C0F"/>
+    <w:rsid w:val="00F815BA"/>
+    <w:rsid w:val="00F824B4"/>
+    <w:rsid w:val="00F82A58"/>
+    <w:rsid w:val="00F83335"/>
+    <w:rsid w:val="00F83F4B"/>
+    <w:rsid w:val="00F84956"/>
+    <w:rsid w:val="00F84DA2"/>
+    <w:rsid w:val="00F85CF5"/>
+    <w:rsid w:val="00F8737D"/>
+    <w:rsid w:val="00F876DD"/>
+    <w:rsid w:val="00F87794"/>
+    <w:rsid w:val="00F87F1C"/>
+    <w:rsid w:val="00F916DE"/>
+    <w:rsid w:val="00F9249C"/>
+    <w:rsid w:val="00F92525"/>
+    <w:rsid w:val="00F92A50"/>
+    <w:rsid w:val="00F92F8B"/>
+    <w:rsid w:val="00F93A99"/>
+    <w:rsid w:val="00F945B9"/>
+    <w:rsid w:val="00F9525D"/>
+    <w:rsid w:val="00F956CD"/>
+    <w:rsid w:val="00F96409"/>
+    <w:rsid w:val="00F97F0C"/>
+    <w:rsid w:val="00FA11C0"/>
+    <w:rsid w:val="00FA1AB7"/>
+    <w:rsid w:val="00FA1C94"/>
+    <w:rsid w:val="00FA4A17"/>
+    <w:rsid w:val="00FA5160"/>
+    <w:rsid w:val="00FA52E5"/>
+    <w:rsid w:val="00FA559F"/>
+    <w:rsid w:val="00FA574F"/>
+    <w:rsid w:val="00FA5C61"/>
+    <w:rsid w:val="00FA6460"/>
+    <w:rsid w:val="00FA74AE"/>
+    <w:rsid w:val="00FB015C"/>
+    <w:rsid w:val="00FB128E"/>
+    <w:rsid w:val="00FB1F04"/>
+    <w:rsid w:val="00FB1F5F"/>
+    <w:rsid w:val="00FB34D3"/>
+    <w:rsid w:val="00FB389B"/>
+    <w:rsid w:val="00FB3B62"/>
+    <w:rsid w:val="00FB4985"/>
+    <w:rsid w:val="00FB5B11"/>
+    <w:rsid w:val="00FB6F00"/>
+    <w:rsid w:val="00FC00EB"/>
+    <w:rsid w:val="00FC10F6"/>
+    <w:rsid w:val="00FC1A85"/>
+    <w:rsid w:val="00FC1B2A"/>
+    <w:rsid w:val="00FC2AC9"/>
+    <w:rsid w:val="00FD3032"/>
+    <w:rsid w:val="00FD411F"/>
+    <w:rsid w:val="00FD4497"/>
+    <w:rsid w:val="00FD47E3"/>
+    <w:rsid w:val="00FD4BAB"/>
+    <w:rsid w:val="00FD50EB"/>
+    <w:rsid w:val="00FD63AB"/>
+    <w:rsid w:val="00FD6AA6"/>
+    <w:rsid w:val="00FD6B13"/>
+    <w:rsid w:val="00FE1B4A"/>
+    <w:rsid w:val="00FE2FDE"/>
+    <w:rsid w:val="00FE3293"/>
+    <w:rsid w:val="00FE3D8E"/>
+    <w:rsid w:val="00FE5247"/>
+    <w:rsid w:val="00FE5B3F"/>
+    <w:rsid w:val="00FE60EE"/>
+    <w:rsid w:val="00FE6EE1"/>
+    <w:rsid w:val="00FF02BA"/>
+    <w:rsid w:val="00FF02BB"/>
+    <w:rsid w:val="00FF045F"/>
+    <w:rsid w:val="00FF244E"/>
+    <w:rsid w:val="00FF3661"/>
+    <w:rsid w:val="00FF4370"/>
+    <w:rsid w:val="00FF45EC"/>
+    <w:rsid w:val="00FF4799"/>
+    <w:rsid w:val="00FF5247"/>
+    <w:rsid w:val="00FF6347"/>
+    <w:rsid w:val="00FF65BE"/>
+    <w:rsid w:val="00FF747A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="119E081E"/>
+  <w14:docId w14:val="4C6EDDF4"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B6489AF7-0886-448E-9250-343AB9718EBB}"/>
+  <w15:docId w15:val="{E9B8B6EF-AC46-4907-99C1-DC77CFFB2BC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -27321,499 +30036,394 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...2 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Domylnaczcionkaakapitu1">
-[...98 lines deleted...]
-    <w:link w:val="TekstdymkaZnak1"/>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FF6347"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...26 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="00FF6347"/>
     <w:pPr>
       <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...16 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B70299"/>
+    <w:rsid w:val="00EF14B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B70299"/>
+    <w:rsid w:val="00EF14B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B70299"/>
+    <w:rsid w:val="00EF14B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B70299"/>
+    <w:rsid w:val="00EF14B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
-[...2 lines deleted...]
-    <w:rsid w:val="001A3F78"/>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00833F55"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstkomentarzaZnak1"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001A3F78"/>
+    <w:rsid w:val="00833F55"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak1">
-    <w:name w:val="Tekst komentarza Znak1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001A3F78"/>
+    <w:rsid w:val="00833F55"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak1">
-[...2 lines deleted...]
-    <w:rsid w:val="001A3F78"/>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00833F55"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
-      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00833F55"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -27920,74 +30530,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D106A003-F43D-40D2-A17F-A4725781B11A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>45217</Characters>
+  <Pages>11</Pages>
+  <Words>2504</Words>
+  <Characters>15029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>376</Lines>
-  <Paragraphs>105</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52648</CharactersWithSpaces>
+  <CharactersWithSpaces>17499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Właściciel</dc:creator>
+  <dc:creator>Iwona Krzemińska</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>