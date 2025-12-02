--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -1,18705 +1,25929 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="4212BC21" w14:textId="08F618FA" w:rsidR="00247222" w:rsidRPr="00532AC2" w:rsidRDefault="00247222" w:rsidP="00AC12AC">
-      <w:pPr>
+    <w:p w14:paraId="62C63BE4" w14:textId="68423DC8" w:rsidR="00031540" w:rsidRDefault="00CC32C0" w:rsidP="00860514">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00532AC2">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">SKILLFUL </w:t>
+        <w:t xml:space="preserve">READY FOR </w:t>
       </w:r>
-      <w:r w:rsidR="00561DEF" w:rsidRPr="00532AC2">
+      <w:r w:rsidR="00876552">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>C2 PROFICIENCY</w:t>
       </w:r>
-      <w:r w:rsidR="00561DEF" w:rsidRPr="00532AC2">
+      <w:r w:rsidR="00247222" w:rsidRPr="0094443C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>rd</w:t>
+        <w:t xml:space="preserve"> syllabus</w:t>
       </w:r>
-      <w:r w:rsidR="00561DEF" w:rsidRPr="00532AC2">
+      <w:r w:rsidR="003C5A7D" w:rsidRPr="0094443C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00532AC2">
+      <w:r w:rsidR="00636BA2">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ed</w:t>
+        <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00AC12AC">
+      <w:r w:rsidR="003C5A7D" w:rsidRPr="0094443C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ition</w:t>
+        <w:t>0 hours</w:t>
       </w:r>
-      <w:r w:rsidRPr="00532AC2">
+      <w:r w:rsidR="008A0842">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AC12AC">
+    </w:p>
+    <w:p w14:paraId="56A28136" w14:textId="6FDFAC7A" w:rsidR="007124A6" w:rsidRPr="0094443C" w:rsidRDefault="008A0842" w:rsidP="00860514">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Level </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00461095">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00461095">
+      <w:r w:rsidR="00031540">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>A2</w:t>
+        <w:t xml:space="preserve">content from </w:t>
       </w:r>
-      <w:r w:rsidR="009F2438" w:rsidRPr="00532AC2">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>SB + WB + Student’s App + TRC)</w:t>
       </w:r>
-      <w:r w:rsidR="003C5A7D" w:rsidRPr="00532AC2">
+    </w:p>
+    <w:p w14:paraId="4212BC21" w14:textId="0D7517BE" w:rsidR="00247222" w:rsidRPr="0094443C" w:rsidRDefault="00247222" w:rsidP="00247222">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...50 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1419"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1915"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="2132"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA60AC" w:rsidRPr="00496D94" w14:paraId="28C30A2F" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="28C30A2F" w14:textId="2D5FBCCB" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...242 lines deleted...]
-              <w:t xml:space="preserve"> SKILLS</w:t>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F18959" w14:textId="01138104" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003D11E1" w14:textId="71E79EEA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E38302" w14:textId="5A4D42FE" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5025CC41" w14:textId="3C85331C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54AA6A76" w14:textId="6447F7C6" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C646B00" w14:textId="2F102DA2" w:rsidR="000A3FD0" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDA963B" w14:textId="579B0BDC" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2EB0" w:rsidRPr="00532AC2" w14:paraId="2C502ECB" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="2C502ECB" w14:textId="78C23125" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...149 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2609B3D7" w14:textId="3D2438CA" w:rsidR="005F2CA3" w:rsidRPr="00126A72" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00126A72">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B55084C" w14:textId="4C935836" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85793">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E27043">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0147BECC" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00126A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85793">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00840982">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FBF50CA" w14:textId="5AF29B5F" w:rsidR="007C7F8D" w:rsidRPr="005F262A" w:rsidRDefault="007C7F8D" w:rsidP="00126A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRC </w:t>
+            </w:r>
+            <w:r w:rsidR="00C240A7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>video + worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B584070" w14:textId="042A8CCB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="004C754E" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="000665CB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eelings and emotions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57FDB0C0" w14:textId="47E252EB" w:rsidR="005F2CA3" w:rsidRPr="00126A72" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A72A7B7" w14:textId="51D02538" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B98FBE2" w14:textId="5A762EC8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E09E2D8" w14:textId="0ED60888" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B7CAAD" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C8E2320" w14:textId="47F37A48" w:rsidR="005F2CA3" w:rsidRPr="006C1258" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE43EDE" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="19672157" w14:textId="6B4CB02D" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEB6300" w14:textId="2367B943" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48819492" w14:textId="1E083517" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85793">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1258">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AA97B83" w14:textId="385346ED" w:rsidR="006C1258" w:rsidRDefault="005F2CA3" w:rsidP="006C1258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85793">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D70094">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E850E02" w14:textId="55822597" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006C1258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="333A6FBA" w14:textId="0CDACC64" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63DD0F08" w14:textId="3032184B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3296854B" w14:textId="4FDC368C" w:rsidR="00795EDB" w:rsidRPr="005F262A" w:rsidRDefault="00795EDB" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E09334E" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00D15702" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D86C3F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152A78C0" w14:textId="2A7CBC53" w:rsidR="00D70094" w:rsidRPr="00D15702" w:rsidRDefault="00D70094" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Three</w:t>
+            </w:r>
+            <w:r w:rsidR="001033BE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>option multiple</w:t>
+            </w:r>
+            <w:r w:rsidR="001033BE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A811001" w14:textId="4A3C3118" w:rsidR="005F2CA3" w:rsidRPr="007B0430" w:rsidRDefault="007B0430" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Long turn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="780F8CE7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0CB31C2D" w14:textId="079D831E" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B00405A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41895147" w14:textId="60199734" w:rsidR="00D77B38" w:rsidRDefault="005F2CA3" w:rsidP="00D77B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85793">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D86C3F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00452BCA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 200</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A0C9F15" w14:textId="113FCDB6" w:rsidR="00395508" w:rsidRDefault="00395508" w:rsidP="00D77B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4728AD40" w14:textId="0915529D" w:rsidR="00D77B38" w:rsidRPr="005F262A" w:rsidRDefault="00024D46" w:rsidP="00D77B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71909956" w14:textId="17FE5CAA" w:rsidR="005F2CA3" w:rsidRPr="008A5315" w:rsidRDefault="008A5315" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">adjectives and nouns with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A5315">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>self</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E8B50FB" w14:textId="59C0C6AD" w:rsidR="005F2CA3" w:rsidRPr="003D26D3" w:rsidRDefault="003D26D3" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+            <w:r w:rsidR="00340872">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00340872" w:rsidRPr="00340872">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>selfie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AE9A21" w14:textId="2A0CCFBB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="625BC206" w14:textId="3385F605" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F954635" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2654BCA8" w14:textId="6C9B4DB7" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="000A129E" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">consonant clusters with </w:t>
+            </w:r>
+            <w:r w:rsidR="00452BCA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>/s/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BBB97D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="322C07D6" w14:textId="7CC7D4F6" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFDD77E" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E81FFA7" w14:textId="267DE01B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00235D50">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00920817">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAD841A" w14:textId="32977CCE" w:rsidR="00920817" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00920817">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00235D50">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D0067">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E1D3E7" w14:textId="2284D183" w:rsidR="005F2CA3" w:rsidRPr="003308FA" w:rsidRDefault="003308FA" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+            <w:r w:rsidR="00340872">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>: using the dash (-)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8B3D55" w14:textId="04F61BD6" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABC9576" w14:textId="70DAFDD3" w:rsidR="005F2CA3" w:rsidRPr="00920817" w:rsidRDefault="002F11E8" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 6 Gapped text</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB8A202" w14:textId="3DCF9DA9" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EB758F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1941D86E" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7E297DD7" w14:textId="0E18BF91" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E47B3C3" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="300F6BEE" w14:textId="3389FB5D" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SP pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00181FD1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>8, 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C542AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D365395" w14:textId="053A9D5A" w:rsidR="00C542AE" w:rsidRDefault="005F2CA3" w:rsidP="00C542AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00181FD1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00840982">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F860AE" w14:textId="48313A12" w:rsidR="00C542AE" w:rsidRPr="005F262A" w:rsidRDefault="00C542AE" w:rsidP="00C542AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A92B1E" w14:textId="37A45178" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E7EA1A" w14:textId="691C3FA8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="004C754E" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1551E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>he present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="400CB6DF" w14:textId="249504DD" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC6B563" w14:textId="034B6220" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A00AA4" w14:textId="0569663C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6679DBB7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="5F7EFF0F" w14:textId="6BEEE49A" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B35CD9" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D84EFB" w14:textId="08AB602E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00181FD1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="271941AD" w14:textId="385B8432" w:rsidR="00C542AE" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00C542AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00181FD1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF96065" w14:textId="555932B0" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000612DA">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF3AE4E" w14:textId="2A3E7DDB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAA7232" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="000612DA" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6C31">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2 Open cloze</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12728EE0" w14:textId="3CB5541A" w:rsidR="00367E25" w:rsidRPr="000612DA" w:rsidRDefault="00367E25" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Part 1 Multiple-choice cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B657D26" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74446336" w14:textId="7DD7D3BA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C4E214" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="66CD88EC" w14:textId="0A21F61B" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFEFFCA" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792C130D" w14:textId="5731477A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00197481">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10-11</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4578A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 192</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C679565" w14:textId="22F63FC0" w:rsidR="00C542AE" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00C542AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00197481">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A35D6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>10-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20342D98" w14:textId="0A5E0585" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC5E2E9" w14:textId="3E3296CB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9EAB16" w14:textId="1FF3F9CA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A7073E" w14:textId="5CFA0F54" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348D1CB1" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F11E8">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EB1F4E" w14:textId="4BBB555F" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00E4578A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2 Article</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="6B03BD7B" w14:textId="7E1CE7B2" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C07853" w14:textId="436178CA" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 8-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FEAE29" w14:textId="650889E0" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00197481">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12-14</w:t>
+            </w:r>
+            <w:r w:rsidR="007D38AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 193</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="765B5E8B" w14:textId="2A4700EB" w:rsidR="00395508" w:rsidRPr="005F262A" w:rsidRDefault="00395508" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2E9CEE" w14:textId="63361D72" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00406DB1" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 1 test</w:t>
+            </w:r>
+            <w:r w:rsidR="00883361" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> optional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D500473" w14:textId="789A7AD2" w:rsidR="005F2CA3" w:rsidRDefault="00690109" w:rsidP="00752A89">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00752A89">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1413B3FC" w14:textId="13033860" w:rsidR="007D38AA" w:rsidRPr="005F262A" w:rsidRDefault="007D38AA" w:rsidP="00752A89">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>idioms: personality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EC9866" w14:textId="6FF0C5CA" w:rsidR="00795EDB" w:rsidRPr="005F262A" w:rsidRDefault="00752A89" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="599F5054" w14:textId="695457D3" w:rsidR="00795EDB" w:rsidRPr="00752A89" w:rsidRDefault="005F2CA3" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00782EAB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1 Multiple</w:t>
+            </w:r>
+            <w:r w:rsidR="0012137F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-choice cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6720A917" w14:textId="1F53AE56" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00E6097F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A10C8B" w14:textId="3626D572" w:rsidR="005F2CA3" w:rsidRPr="007D38AA" w:rsidRDefault="005F2CA3" w:rsidP="007D38AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F19B3D" w14:textId="1634A7F1" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 2 </w:t>
+            </w:r>
+            <w:r w:rsidR="007D38AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="0012137F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>etter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="41ACDDD6" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C437C1C" w14:textId="38220AD6" w:rsidR="00872C81" w:rsidRPr="00C939A3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43FD3BD4" w14:textId="175579E8" w:rsidR="00872C81" w:rsidRPr="00C939A3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64ECFF04" w14:textId="3A5DC1D5" w:rsidR="00872C81" w:rsidRPr="00C939A3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="730035D6" w14:textId="2626D8C1" w:rsidR="00872C81" w:rsidRPr="00C939A3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="241C90CF" w14:textId="7593B6D2" w:rsidR="00872C81" w:rsidRPr="00C939A3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5807472A" w14:textId="39D72F52" w:rsidR="00872C81" w:rsidRPr="00C939A3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A420454" w14:textId="05FD3D3A" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="06C371B7" w14:textId="4AEEBC0F" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8AAD79" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58F64D5C" w14:textId="42FBF4AC" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00406DB1" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>15-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00334D18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="232F7AE1" w14:textId="56E63317" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5350">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="251428DE" w14:textId="77777777" w:rsidR="004171CB" w:rsidRDefault="00381066" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C450A52" w14:textId="77777777" w:rsidR="00C240A7" w:rsidRDefault="00C240A7" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC video + worksheet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E77BC0" w14:textId="2DFF6524" w:rsidR="00462B85" w:rsidRPr="005F262A" w:rsidRDefault="00462B85" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01801F30" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="001C6BA9" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00334D18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">about English: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00334D18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidR="009A2061" w:rsidRPr="00334D18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00334D18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>nderlust</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68F66D59" w14:textId="476F5984" w:rsidR="00334D18" w:rsidRPr="00334D18" w:rsidRDefault="00334D18" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>travel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CDE292" w14:textId="682C73BD" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0579E2D2" w14:textId="2F68F284" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CAEBE32" w14:textId="459AA150" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABDA8F6" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00406DB1" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F96ADD7" w14:textId="407AE471" w:rsidR="00406DB1" w:rsidRPr="005F262A" w:rsidRDefault="00406DB1" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00972024">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2 Collaborative task</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B1788B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="1A783C21" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1866A712" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DAE7646" w14:textId="5842D391" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00750D5D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>18-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="611B9EE1" w14:textId="16BB5631" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006842D5" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>12-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EEB3540" w14:textId="4B3B2341" w:rsidR="004171CB" w:rsidRPr="005F262A" w:rsidRDefault="004171CB" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70669311" w14:textId="03B78B15" w:rsidR="005F2CA3" w:rsidRPr="00DA612F" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A24E392" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643B1D32" w14:textId="4F9E5172" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00750D5D" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 5 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7416A9B5" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24798508" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F15C8B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="77BC79FE" w14:textId="0A6A5852" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEA03E7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EC13610" w14:textId="2BE65A96" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00096AE0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>20-21, 206</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54DE1DD2" w14:textId="3F2DFC97" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00264C2F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="000411A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675758D6" w14:textId="77777777" w:rsidR="004171CB" w:rsidRDefault="00B41C86" w:rsidP="00B41C86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F8E2B88" w14:textId="1CF8017B" w:rsidR="00CE701A" w:rsidRPr="005F262A" w:rsidRDefault="00CE701A" w:rsidP="00B41C86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C28D1B4" w14:textId="1AEB79B4" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5501C34D" w14:textId="11578906" w:rsidR="00FC3D73" w:rsidRPr="005F262A" w:rsidRDefault="004C754E" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00096AE0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ast forms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAE43CE" w14:textId="7A349E00" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="193DED12" w14:textId="52E2D8B3" w:rsidR="005F2CA3" w:rsidRPr="00F22D36" w:rsidRDefault="00F22D36" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Sentence completion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2534AA" w14:textId="5A3AAF4C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCB03E1" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="66CDEF89" w14:textId="03608A29" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27037788" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34CB9370" w14:textId="62400D5D" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00112A0F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7E3F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="002328D9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 208</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C864E1" w14:textId="4E4D80D3" w:rsidR="006D5350" w:rsidRDefault="006D5350" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B7B0FDD" w14:textId="3C05AE86" w:rsidR="004171CB" w:rsidRPr="005F262A" w:rsidRDefault="00B41C86" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1C7C35" w14:textId="0B6A1667" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED5DEE3" w14:textId="76A1D323" w:rsidR="005F2CA3" w:rsidRPr="00C262FD" w:rsidRDefault="002328D9" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>adverbs and adverbial phrases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD477F0" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="302DC43C" w14:textId="46FFED94" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA47925" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A0FBF2" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7DE7F1BD" w14:textId="1FEE3D78" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5229F32A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lesson 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF36B1D" w14:textId="0E5408E7" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidR="002F7830">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AAFD93" w14:textId="48E64F1F" w:rsidR="002D092A" w:rsidRDefault="002D092A" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00407921">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="000B3050">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B1F677" w14:textId="33C38BFE" w:rsidR="004171CB" w:rsidRPr="005F262A" w:rsidRDefault="00CD3973" w:rsidP="002328D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E617D6" w14:textId="68C08490" w:rsidR="002D092A" w:rsidRPr="005F262A" w:rsidRDefault="002F7830" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>word formation: adverbs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E491D07" w14:textId="7556AAFB" w:rsidR="002D092A" w:rsidRPr="005F262A" w:rsidRDefault="002D092A" w:rsidP="002F7830">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EB81AA" w14:textId="54A08222" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DA34B8" w14:textId="732B89DD" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="000B3050" w:rsidP="000B3050">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Word formation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4D69FD" w14:textId="69AFCEAA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="212729AD" w14:textId="5ABDF763" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B8F42C" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002328D9">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="1B153C8C" w14:textId="7F7BEBB6" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="465AD2B5" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26C34C46" w14:textId="467643DC" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidR="006E318C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4-25, </w:t>
+            </w:r>
+            <w:r w:rsidR="001C134C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>190</w:t>
+            </w:r>
+            <w:r w:rsidR="0072457A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 196</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="433C8BC5" w14:textId="38B4E1B6" w:rsidR="004171CB" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00AA6E05">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000411A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>18-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CADBB6" w14:textId="5373EE50" w:rsidR="005F2CA3" w:rsidRPr="003B30DF" w:rsidRDefault="003B30DF" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English: FOMO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="755B921B" w14:textId="698C1A9A" w:rsidR="000F49B7" w:rsidRPr="005F262A" w:rsidRDefault="000F49B7" w:rsidP="00CE3DC3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D742C9" w14:textId="5B8CC307" w:rsidR="00795EDB" w:rsidRPr="00CE3DC3" w:rsidRDefault="00795EDB" w:rsidP="00CE3DC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55011077" w14:textId="52CF4798" w:rsidR="009D77C5" w:rsidRPr="005F262A" w:rsidRDefault="009D77C5" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD45030" w14:textId="5FFC0C1A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1059DD" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="500E9A01" w14:textId="13F02E9B" w:rsidR="005F2CA3" w:rsidRPr="001C134C" w:rsidRDefault="001C134C" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Essay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="3C17E5E9" w14:textId="5B36FFFD" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A099EB5" w14:textId="2588D366" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 16</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE0ADD" w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F0CB45" w14:textId="14A5EBF6" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E5AB7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>26-28, 194</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DB2DA54" w14:textId="77777777" w:rsidR="004171CB" w:rsidRDefault="004171CB" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705FE4C5" w14:textId="46B78E30" w:rsidR="00347E05" w:rsidRPr="005F262A" w:rsidRDefault="00347E05" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC unit 2 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E519358" w14:textId="0112093F" w:rsidR="005F2CA3" w:rsidRDefault="0040636F" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="001E5AB7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29D84504" w14:textId="17DDEC9D" w:rsidR="0040636F" w:rsidRPr="001E5AB7" w:rsidRDefault="0040636F" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>making stories interesting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC7036" w14:textId="38606C11" w:rsidR="005F2CA3" w:rsidRPr="001E5AB7" w:rsidRDefault="001E5AB7" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A33E5D8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00B04013" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Word formation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BC9A593" w14:textId="1C2ED0BC" w:rsidR="0040636F" w:rsidRPr="00B04013" w:rsidRDefault="0040636F" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C372CC" w14:textId="08A53EDA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="029B053B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D13905">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68076EC4" w14:textId="71590409" w:rsidR="005F2CA3" w:rsidRPr="00B04013" w:rsidRDefault="00B04013" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="18FAAC2C" w14:textId="00313797" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3688E019" w14:textId="65009719" w:rsidR="005F2CA3" w:rsidRPr="009B6523" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6D5D" w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00800360" w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F80F548" w14:textId="3C59E774" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE33BC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidR="000327F4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B15C17">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C42D16" w14:textId="192344D8" w:rsidR="00883361" w:rsidRPr="005F262A" w:rsidRDefault="00C244CC" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36027FA8" w14:textId="5BBB0897" w:rsidR="00795EDB" w:rsidRPr="005F262A" w:rsidRDefault="00795EDB" w:rsidP="00B15C17">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E821A2" w14:textId="323BFB63" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00B15C17">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A422B61" w14:textId="77777777" w:rsidR="00795EDB" w:rsidRDefault="00CB6D5D" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Multiple-choice cloz</w:t>
+            </w:r>
+            <w:r w:rsidR="00093C20" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D2EAF18" w14:textId="77777777" w:rsidR="009D4A18" w:rsidRDefault="009D4A18" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Open cloze</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F9AF5BF" w14:textId="77777777" w:rsidR="009D4A18" w:rsidRDefault="009D4A18" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Word formation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5EEFE9" w14:textId="647818D1" w:rsidR="009D4A18" w:rsidRPr="005F262A" w:rsidRDefault="00BB1B63" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word tr</w:t>
+            </w:r>
+            <w:r w:rsidR="00C939A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>nsformations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6ECEA7" w14:textId="55290A3B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00E6097F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCD17FE" w14:textId="3640207C" w:rsidR="00424044" w:rsidRPr="00B15C17" w:rsidRDefault="00424044" w:rsidP="00B15C17">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2E3BEC" w14:textId="5F59CF95" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00347E05">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E16C72" w:rsidRPr="005F262A" w14:paraId="63890C56" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FDB464" w14:textId="455DA48E" w:rsidR="00E16C72" w:rsidRPr="009B6523" w:rsidRDefault="00E16C72" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313FA34B" w14:textId="0B0151E0" w:rsidR="00E16C72" w:rsidRDefault="00E16C72" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TEST</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unit 1-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612E88D6" w14:textId="62808C7F" w:rsidR="00E16C72" w:rsidRPr="005F262A" w:rsidRDefault="00E16C72" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514464BD" w14:textId="77777777" w:rsidR="00E16C72" w:rsidRPr="005F262A" w:rsidRDefault="00E16C72" w:rsidP="00B15C17">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D98F2F" w14:textId="77777777" w:rsidR="00E16C72" w:rsidRPr="005F262A" w:rsidRDefault="00E16C72" w:rsidP="00B15C17">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0056E6D4" w14:textId="77777777" w:rsidR="00E16C72" w:rsidRPr="005F262A" w:rsidRDefault="00E16C72" w:rsidP="009B6523">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E203F2" w14:textId="77777777" w:rsidR="00E16C72" w:rsidRPr="005F262A" w:rsidRDefault="00E16C72" w:rsidP="00E6097F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BE25D9" w14:textId="77777777" w:rsidR="00E16C72" w:rsidRPr="00B15C17" w:rsidRDefault="00E16C72" w:rsidP="00B15C17">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBEA9E9" w14:textId="77777777" w:rsidR="00E16C72" w:rsidRPr="005F262A" w:rsidRDefault="00E16C72" w:rsidP="00347E05">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F21796" w:rsidRPr="005F262A" w14:paraId="1F7A43C9" w14:textId="77777777" w:rsidTr="00021500">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7EAC75" w14:textId="77777777" w:rsidR="00F21796" w:rsidRPr="003E3687" w:rsidRDefault="00F21796" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E3687">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AAE0BE" w14:textId="77777777" w:rsidR="00F21796" w:rsidRPr="003E3687" w:rsidRDefault="00F21796" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E3687">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7CA380" w14:textId="77777777" w:rsidR="00F21796" w:rsidRPr="003E3687" w:rsidRDefault="00F21796" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E3687">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E995477" w14:textId="77777777" w:rsidR="00F21796" w:rsidRPr="003E3687" w:rsidRDefault="00F21796" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E3687">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4A59D0" w14:textId="77777777" w:rsidR="00F21796" w:rsidRPr="003E3687" w:rsidRDefault="00F21796" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E3687">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E64285A" w14:textId="77777777" w:rsidR="00F21796" w:rsidRPr="003E3687" w:rsidRDefault="00F21796" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E3687">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="236CC97B" w14:textId="77777777" w:rsidR="00F21796" w:rsidRPr="005F262A" w:rsidRDefault="00F21796" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E3687">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0C33A5C8" w14:textId="37BDC30C" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5099F7FA" w14:textId="50766C8D" w:rsidR="005F2CA3" w:rsidRPr="00D94BB3" w:rsidRDefault="001B0549" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D94BB3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A46F63" w:rsidRPr="00D94BB3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC2838" w:rsidRPr="00D94BB3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D729CF" w14:textId="059EE30B" w:rsidR="001B0549" w:rsidRDefault="001B0549" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB</w:t>
+            </w:r>
+            <w:r w:rsidR="00883361" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00E278D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00883361" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0756">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>33-3</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AA8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="179AA53A" w14:textId="3B78DAD0" w:rsidR="00366F7F" w:rsidRDefault="00366F7F" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00E278D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED76E3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>20-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C53C205" w14:textId="50B2616C" w:rsidR="004171CB" w:rsidRPr="005F262A" w:rsidRDefault="004171CB" w:rsidP="004171CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14471CFD" w14:textId="0ED7BC6E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00883361">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="072FC591" w14:textId="7974BF31" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00883361">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBB133B" w14:textId="274C9863" w:rsidR="00883361" w:rsidRPr="005F262A" w:rsidRDefault="00681AA8" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 7 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D68831" w14:textId="7C46D2E5" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000D42BA">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF7D393" w14:textId="2346BD10" w:rsidR="005F2CA3" w:rsidRPr="00FF0756" w:rsidRDefault="00FF0756" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F08465" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000D42BA">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="5C682D9F" w14:textId="7713D2C8" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4D0F07" w14:textId="75DA860E" w:rsidR="005F2CA3" w:rsidRPr="00D94BB3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D94BB3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D94BB3" w:rsidRPr="00D94BB3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB85877" w14:textId="266F31C9" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00E278D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE2511" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00665820">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6, </w:t>
+            </w:r>
+            <w:r w:rsidR="009640FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>210</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09582330" w14:textId="12D5A5CB" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00E278D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED76E3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>20, 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3974A014" w14:textId="77777777" w:rsidR="00F46139" w:rsidRDefault="004625AA" w:rsidP="00F46139">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="080BFAFB" w14:textId="4A2E00E6" w:rsidR="00B0345C" w:rsidRPr="005F262A" w:rsidRDefault="00B0345C" w:rsidP="00F46139">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA818EB" w14:textId="7E136B9E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00FE2511">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D0CFE2" w14:textId="3B8E7D17" w:rsidR="005F2CA3" w:rsidRPr="00665820" w:rsidRDefault="004C754E" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00665820">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>alking about the future</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C3C2C7" w14:textId="3A4CFC35" w:rsidR="000D2D2B" w:rsidRPr="005F262A" w:rsidRDefault="000D2D2B" w:rsidP="000D2D2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="217D3BB4" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6140B921" w14:textId="7BC3726E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00B71EF8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8A366B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="2A1A546B" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A3D388" w14:textId="13FA5F4A" w:rsidR="005F2CA3" w:rsidRPr="00B16F74" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16F74" w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5965D4D2" w14:textId="294611F2" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00E278D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009640FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="00B91252">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B73F9C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77D7FF24" w14:textId="002B4969" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00E278D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B60C26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40827DC7" w14:textId="77777777" w:rsidR="00F46139" w:rsidRDefault="00C90217" w:rsidP="00F46139">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597AB13E" w14:textId="69202491" w:rsidR="00DB3323" w:rsidRPr="005F262A" w:rsidRDefault="00DB3323" w:rsidP="00F46139">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A41920D" w14:textId="504ACA65" w:rsidR="0016731E" w:rsidRDefault="00B71EF8" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>phrasal verbs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52EE6A2B" w14:textId="14E189D2" w:rsidR="00B71EF8" w:rsidRPr="005F262A" w:rsidRDefault="00B71EF8" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>noun collocations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6BDAE0" w14:textId="1AE0F70B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00A724BC">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B88265" w14:textId="31CF0978" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00B73F9C" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00C97595">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3 Word formation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6A8333" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43381D16" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC09B80" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="258E28FB" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="584BE3C7" w14:textId="643BCB0A" w:rsidR="005F2CA3" w:rsidRPr="00B16F74" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16F74" w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="353A7C0C" w14:textId="48CC483A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+            <w:r w:rsidR="000A0582">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>8-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29443DF0" w14:textId="6966E1CC" w:rsidR="00D87D78" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CA4249">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00012758">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>26-27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A08F42F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="048C7A4E" w14:textId="4482F11E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000D2D2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3CC3E7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059FA0A3" w14:textId="41A3842F" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000A0582">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E22EC8" w14:textId="0DF32945" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000D2D2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2996E2" w14:textId="164CCF8B" w:rsidR="005F2CA3" w:rsidRPr="000A0582" w:rsidRDefault="000A0582" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="6FD3AF49" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C628A0" w14:textId="600E8C97" w:rsidR="005F2CA3" w:rsidRPr="00B16F74" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16F74" w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E0201C" w14:textId="0A814EC8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0D5F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27B80938" w14:textId="1DB7F878" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B60C26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0601E15F" w14:textId="0AEA6334" w:rsidR="00D87D78" w:rsidRPr="005F262A" w:rsidRDefault="00D87D78" w:rsidP="00D87D78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1353D45B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="006074D4" w:rsidRDefault="000D17D5" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prepositional phrases with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D17D5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>at, in, on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D17D5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>under</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="112FBA41" w14:textId="41E40ADE" w:rsidR="006074D4" w:rsidRPr="005F262A" w:rsidRDefault="006074D4" w:rsidP="006074D4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0900B0" w14:textId="1DF3E919" w:rsidR="000D2D2B" w:rsidRPr="005F262A" w:rsidRDefault="000D2D2B" w:rsidP="00ED0D5F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476C5F2A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4234FC4D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BFFD74" w14:textId="66F09112" w:rsidR="005F2CA3" w:rsidRPr="006D4422" w:rsidRDefault="006D4422" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>vowel length before voiced and unvoiced consonants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="316AF8B3" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7C4416AB" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7CE2E9" w14:textId="591F6EA0" w:rsidR="005F2CA3" w:rsidRPr="00B16F74" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16F74" w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4871713D" w14:textId="35C3D4B5" w:rsidR="002C6317" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5FD4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>40, 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55608FC0" w14:textId="34C3F7AD" w:rsidR="00207FB6" w:rsidRDefault="00207FB6" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A03C03">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="253E9799" w14:textId="35151050" w:rsidR="00D87D78" w:rsidRPr="005F262A" w:rsidRDefault="00D87D78" w:rsidP="00D87D78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4A8905" w14:textId="07B236AC" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002C6317">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7766BF" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AD96D1" w14:textId="30B415B9" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002C6317">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="126CF540" w14:textId="0D4240D4" w:rsidR="00B63AF8" w:rsidRDefault="00B63AF8" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C6594AD" w14:textId="62F6000E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="008D5FD4" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00B63AF8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="500570E9" w14:textId="314234B5" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="008D5FD4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC98018" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0C652D22" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D8571B" w14:textId="323D3292" w:rsidR="005F2CA3" w:rsidRPr="00B16F74" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16F74" w:rsidRPr="00B16F74">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15C078C1" w14:textId="2F1A2E36" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B45EF" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00887615">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="001A3670">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 213</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD5ABCB" w14:textId="77777777" w:rsidR="00D87D78" w:rsidRDefault="004625AA" w:rsidP="00D87D78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D8D8FE5" w14:textId="575E06F2" w:rsidR="00C240A7" w:rsidRPr="005F262A" w:rsidRDefault="00C240A7" w:rsidP="00D87D78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC video + worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD62A8A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="052AF4FC" w14:textId="16C1C90C" w:rsidR="00874964" w:rsidRPr="005F262A" w:rsidRDefault="00792A78" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">will, shall </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792A78">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> would</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C051CF8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556AF3BE" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="031597FE" w14:textId="0B049369" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00792A78" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E74A830" w14:textId="4B4CDC14" w:rsidR="005F2CA3" w:rsidRPr="00887615" w:rsidRDefault="005F2CA3" w:rsidP="00887615">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="61BEF642" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64BA2797" w14:textId="58187573" w:rsidR="005F2CA3" w:rsidRPr="004F317E" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F317E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE2511" w:rsidRPr="004F317E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>28-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ED24361" w14:textId="1A6B8897" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE1ED9" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4-46</w:t>
+            </w:r>
+            <w:r w:rsidR="00602C09">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 192</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65666367" w14:textId="2A63BA76" w:rsidR="00A03C03" w:rsidRDefault="00A03C03" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4200">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24820B6F" w14:textId="2BFD643D" w:rsidR="00C90217" w:rsidRDefault="00C90217" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="052AFBCF" w14:textId="766E4008" w:rsidR="00732C87" w:rsidRPr="005F262A" w:rsidRDefault="00732C87" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 3 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2189AC45" w14:textId="19D27FB6" w:rsidR="005F2CA3" w:rsidRDefault="00922E7B" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D0ADEFB" w14:textId="65358758" w:rsidR="00922E7B" w:rsidRPr="005F262A" w:rsidRDefault="00922E7B" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>innovations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05193886" w14:textId="3A408706" w:rsidR="005F2CA3" w:rsidRPr="00D61AEF" w:rsidRDefault="00D61AEF" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="50"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A9EC1C" w14:textId="77777777" w:rsidR="000931BA" w:rsidRDefault="000931BA" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Open cloze</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33EDE445" w14:textId="22E312EB" w:rsidR="003D3E31" w:rsidRPr="005F262A" w:rsidRDefault="003D3E31" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339A3164" w14:textId="3F1632C5" w:rsidR="00795EDB" w:rsidRPr="005F262A" w:rsidRDefault="00795EDB" w:rsidP="00D61AEF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB07721" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D72B05" w14:textId="2D5BB225" w:rsidR="005F2CA3" w:rsidRPr="00A87901" w:rsidRDefault="005F2CA3" w:rsidP="00A87901">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="119A2660" w14:textId="5ABFFC82" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="000931BA" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="003D3E31">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2 Article</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="3B7E982F" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C89807F" w14:textId="79049881" w:rsidR="00872C81" w:rsidRPr="0012540E" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012540E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>UNIT 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="121340A3" w14:textId="0F99C890" w:rsidR="00872C81" w:rsidRPr="0012540E" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012540E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A3760A" w14:textId="0F71D455" w:rsidR="00872C81" w:rsidRPr="0012540E" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012540E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F41724" w14:textId="0F855C9D" w:rsidR="00872C81" w:rsidRPr="0012540E" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012540E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="071FF40F" w14:textId="21BD334C" w:rsidR="00872C81" w:rsidRPr="0012540E" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012540E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="658AD3D3" w14:textId="41A7AA0F" w:rsidR="00872C81" w:rsidRPr="0012540E" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012540E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19ED3107" w14:textId="56D28A2D" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012540E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="02C64D20" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0F200E" w14:textId="2344E28F" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A563BBD" w14:textId="67BD786D" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00990302" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>47-4</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65394">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDAA074" w14:textId="6AC1CC14" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00881438">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F0A474F" w14:textId="1F62ACEE" w:rsidR="00B06FB1" w:rsidRPr="005F262A" w:rsidRDefault="00B06FB1" w:rsidP="00B06FB1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="285E9B4F" w14:textId="5F9CDFFC" w:rsidR="005564D6" w:rsidRPr="00B65394" w:rsidRDefault="005564D6" w:rsidP="00B65394">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5078F7F8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCDCFDE" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4281ABB4" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00CF17FB" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="50"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39D064D1" w14:textId="65F95792" w:rsidR="00881438" w:rsidRPr="00CF17FB" w:rsidRDefault="00881438" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="50"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Four-option multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B93E922" w14:textId="77777777" w:rsidR="005564D6" w:rsidRDefault="00B65394" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB87C19" w14:textId="399182DF" w:rsidR="00B65394" w:rsidRPr="005F262A" w:rsidRDefault="00B65394" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Collaborative task</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="627D7A36" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="5E4F26C5" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="298D4BA8" w14:textId="7D564AC7" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3456B98E" w14:textId="27BF1D58" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C650A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50, </w:t>
+            </w:r>
+            <w:r w:rsidR="00934DF7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>212, 235</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30513E3C" w14:textId="69D57908" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="008217E0" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D06E09">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>29-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62007135" w14:textId="26985A0D" w:rsidR="00B06FB1" w:rsidRPr="005F262A" w:rsidRDefault="0061236E" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4603F5EA" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FDEEEC" w14:textId="492F4A9F" w:rsidR="008217E0" w:rsidRPr="005F262A" w:rsidRDefault="000C650A" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>modal verbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C39034" w14:textId="31D9F073" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72783726" w14:textId="2049B512" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000C650A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E8A7FE" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60816010" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="5DEBA18C" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5820DCDC" w14:textId="28D496F5" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743C0A99" w14:textId="3D910D5C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009147DB" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="324C1363" w14:textId="00BA5A04" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B406D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F46426" w14:textId="211A7956" w:rsidR="00B06FB1" w:rsidRPr="005F262A" w:rsidRDefault="00B06FB1" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB2CA98" w14:textId="7EFDE406" w:rsidR="005F2CA3" w:rsidRPr="001956E0" w:rsidRDefault="001956E0" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="50"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>partitive expressions with uncountable nouns</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6512D2F4" w14:textId="10EA4B8A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E33BB27" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DEBE0B8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D18BC0C" w14:textId="70C4A4B1" w:rsidR="005F2CA3" w:rsidRPr="00EF65F3" w:rsidRDefault="00EF65F3" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="50"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>stressed modal auxiliaries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F303F5" w14:textId="5F3EEAE3" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00EF65F3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="6D3597CD" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3678F936" w14:textId="065448AD" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36AF4E66" w14:textId="081C0BE5" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B10283" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">52-53 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53CFD7B3" w14:textId="37010BC3" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0073514C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>28-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E02A94" w14:textId="67C3C5A6" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCE56A4" w14:textId="0760A5DB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FDEBA8E" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA79F7F" w14:textId="79B957B9" w:rsidR="00795EDB" w:rsidRPr="005F262A" w:rsidRDefault="00B81272" w:rsidP="00B81272">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="000E4E72">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gapped text</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4120DF8A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="252C8ECC" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="396EDD89" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="1E1C15F7" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A440BA0" w14:textId="41EC8452" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20102B66" w14:textId="3E2D0654" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B10283" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6EBC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00285117">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">201, </w:t>
+            </w:r>
+            <w:r w:rsidR="007A6EBC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>214</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03EC19EF" w14:textId="60589570" w:rsidR="00B10283" w:rsidRDefault="00B10283" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D06E09">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="090810CD" w14:textId="58C20721" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="0061236E" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15794FCF" w14:textId="543EF902" w:rsidR="00B10283" w:rsidRPr="005F262A" w:rsidRDefault="00B10283" w:rsidP="004F7214">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F768AD" w14:textId="6C710B65" w:rsidR="005F2CA3" w:rsidRPr="004F7214" w:rsidRDefault="007A6EBC" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>noun phrases and nominal clauses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5377A2B1" w14:textId="7EEAC7B3" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCBF5DF" w14:textId="41380223" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00285117">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA42B2E" w14:textId="21C7894B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77193BE7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="76DB08BF" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D39627E" w14:textId="0B5844E3" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04694E60" w14:textId="4169CA1F" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00446559" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00732C65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>55-</w:t>
+            </w:r>
+            <w:r w:rsidR="00446559" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B69CCAE" w14:textId="127BD856" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B406D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A292BE2" w14:textId="1E7D5863" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00B300FA" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18858985" w14:textId="6223630A" w:rsidR="005F2CA3" w:rsidRPr="00732C65" w:rsidRDefault="00732C65" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>closed compounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F97614" w14:textId="3B53F8E2" w:rsidR="00446559" w:rsidRPr="005F262A" w:rsidRDefault="00446559" w:rsidP="00732C65">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E33B109" w14:textId="58511609" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7BBEEE" w14:textId="34A9B34A" w:rsidR="005F2CA3" w:rsidRPr="00F74FF5" w:rsidRDefault="00F74FF5" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Sentence completion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="385886B5" w14:textId="0FFC2CD8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3734923D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4E202874" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A17A7D" w14:textId="479F3890" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8C02C4" w14:textId="34272340" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00610E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>56-</w:t>
+            </w:r>
+            <w:r w:rsidR="00446559" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+            <w:r w:rsidR="00506985">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 193</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55A85590" w14:textId="5C801714" w:rsidR="004526B2" w:rsidRDefault="004526B2" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5289B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30A837BE" w14:textId="38EBE6CF" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="406F3D61" w14:textId="1D4F673A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0692856A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E14D873" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="336DB5F2" w14:textId="2C06D613" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E9D730" w14:textId="34A09162" w:rsidR="00795EDB" w:rsidRPr="00610E42" w:rsidRDefault="00795EDB" w:rsidP="00610E42">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0E81A6" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00610E42" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00506985">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2 Letter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF110D9" w14:textId="21FFCEE1" w:rsidR="00D5289B" w:rsidRPr="00610E42" w:rsidRDefault="00D5289B" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Formal letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="2E3838F5" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EB0338" w14:textId="30D33191" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00732C87" w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BE50483" w14:textId="39024963" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00795EDB" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>58-60</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46B79">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A1F9E92" w14:textId="27C61CC1" w:rsidR="00A1517B" w:rsidRDefault="00A1517B" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15EC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 32</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20253891" w14:textId="4EF7DECD" w:rsidR="00A05A7E" w:rsidRDefault="00A05A7E" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47C524BE" w14:textId="711F6CEE" w:rsidR="0081210A" w:rsidRDefault="0081210A" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05C13C7A" w14:textId="40489762" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00732C87" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 4 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F5008E" w14:textId="41DC36EC" w:rsidR="00795EDB" w:rsidRDefault="00B11118" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36B0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6139C6E5" w14:textId="53025C5B" w:rsidR="00B11118" w:rsidRPr="005F262A" w:rsidRDefault="00B11118" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>idioms: negot</w:t>
+            </w:r>
+            <w:r w:rsidR="000677CA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00903056" w14:textId="537312E5" w:rsidR="00795EDB" w:rsidRPr="005F262A" w:rsidRDefault="00A36B0B" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="369B115C" w14:textId="0BA68251" w:rsidR="00795EDB" w:rsidRPr="005F262A" w:rsidRDefault="00E46B79" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Multiple-choice cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD97347" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04286634" w14:textId="165141B3" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="000677CA">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE592AA" w14:textId="1CB251CA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00E46B79" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Essay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="6986D30A" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CE2530" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="00826928" w:rsidRDefault="00D6493A" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00826928">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 39-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38515ACD" w14:textId="5B16AA3F" w:rsidR="00D6493A" w:rsidRDefault="00D6493A" w:rsidP="004162F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="004162F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004162F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>61-6</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80EE2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0252">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 203, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A168EE3" w14:textId="5BC5A6F2" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00826928">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E74859C" w14:textId="4B1BABC9" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3736A822" w14:textId="0180F3F5" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F73BE4D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00C32A98" w:rsidP="00BE0252">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 5 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC6B41E" w14:textId="2AD625C9" w:rsidR="00C32A98" w:rsidRPr="005F262A" w:rsidRDefault="00C32A98" w:rsidP="00BE0252">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 6 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0252">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Gapped text</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46DD00DC" w14:textId="0EA722E7" w:rsidR="00C32A98" w:rsidRPr="00FC73CB" w:rsidRDefault="00C32A98" w:rsidP="00FC73CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 7 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9499D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1414FA9E" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03DF489B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F1278B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00826928">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="429B5B84" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DB2EAA" w14:textId="3179C8E5" w:rsidR="00872C81" w:rsidRPr="00E31EC7" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31EC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2099E256" w14:textId="4B522571" w:rsidR="00872C81" w:rsidRPr="00E31EC7" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31EC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8CC805" w14:textId="42502AB8" w:rsidR="00872C81" w:rsidRPr="00E31EC7" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31EC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E24C4C" w14:textId="0E726584" w:rsidR="00872C81" w:rsidRPr="00E31EC7" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31EC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E59DE40" w14:textId="729F0653" w:rsidR="00872C81" w:rsidRPr="00E31EC7" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31EC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CADF766" w14:textId="18509142" w:rsidR="00872C81" w:rsidRPr="00E31EC7" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31EC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F8F9FE" w14:textId="0DAD0C15" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31EC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4826C187" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F07A474" w14:textId="63ECB238" w:rsidR="005F2CA3" w:rsidRPr="0014387D" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014387D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="0014387D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71BDC543" w14:textId="0F8E0C34" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C398F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00896552">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7-</w:t>
+            </w:r>
+            <w:r w:rsidR="00283612">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0C0BC6" w14:textId="63EFB5FA" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00410654" w:rsidP="00783471">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA69FD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 36-37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2C7230" w14:textId="7400DF04" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63256B4F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D92A7AB" w14:textId="0AFA5990" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00283612" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="53"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 6 Gapped text</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50675305" w14:textId="06C8F772" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00283612">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E8BAAA" w14:textId="03100E38" w:rsidR="002C398F" w:rsidRPr="005F262A" w:rsidRDefault="00896552" w:rsidP="0014387D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="494DC90D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7FB63BB3" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2F7121" w14:textId="50993510" w:rsidR="005F2CA3" w:rsidRPr="0014387D" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014387D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="0014387D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B30243F" w14:textId="089AF7AF" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C398F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006B39CB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0, </w:t>
+            </w:r>
+            <w:r w:rsidR="004A3CF4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>216-217</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A448972" w14:textId="3C1C99D0" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA69FD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5343D866" w14:textId="77777777" w:rsidR="00FE299F" w:rsidRDefault="002F3583" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="423DFB87" w14:textId="6CD19F63" w:rsidR="00783471" w:rsidRPr="005F262A" w:rsidRDefault="00783471" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE75411" w14:textId="51B5AC37" w:rsidR="002C398F" w:rsidRPr="005F262A" w:rsidRDefault="002C398F" w:rsidP="006B39CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B90EAD6" w14:textId="7CFF497F" w:rsidR="005F2CA3" w:rsidRPr="006B39CB" w:rsidRDefault="006B39CB" w:rsidP="006B39CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cohesion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="318E0BB4" w14:textId="72B61579" w:rsidR="002C398F" w:rsidRPr="005F262A" w:rsidRDefault="002C398F" w:rsidP="006B39CB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6B3FC7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="197AA2EA" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C8BAE2" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="05192DFB" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACDD497" w14:textId="467943C5" w:rsidR="005F2CA3" w:rsidRPr="0014387D" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014387D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="0014387D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09AAF8E8" w14:textId="3045A4F8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57BD3" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00514589">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51D65F21" w14:textId="7AD680DA" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB0E15">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="174DBCA5" w14:textId="77777777" w:rsidR="00FE299F" w:rsidRDefault="002F3583" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31947FCA" w14:textId="02E9AC53" w:rsidR="006074D4" w:rsidRPr="005F262A" w:rsidRDefault="006074D4" w:rsidP="0014387D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F74705" w14:textId="1732C78F" w:rsidR="005F2CA3" w:rsidRPr="00514589" w:rsidRDefault="00514589" w:rsidP="00514589">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>neutral and sensationalist language</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="316C4E1A" w14:textId="307B5DC7" w:rsidR="00E57BD3" w:rsidRPr="005F262A" w:rsidRDefault="00E57BD3" w:rsidP="00514589">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FD19A2" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AC25D9" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7434D9C9" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A93D9D9" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="112DB84B" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C0628D" w14:textId="2E4477FB" w:rsidR="005F2CA3" w:rsidRPr="00C2235D" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="376E3BED" w14:textId="121A2555" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57BD3" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF59F6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2-73</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342A08EE" w14:textId="1016E45B" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21CE8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE42604" w14:textId="3E724C36" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779334B3" w14:textId="1F5958C2" w:rsidR="00E57BD3" w:rsidRPr="005F262A" w:rsidRDefault="00E57BD3" w:rsidP="00CF59F6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6559C1A5" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F66B248" w14:textId="69E08E2E" w:rsidR="005F2CA3" w:rsidRPr="00CF59F6" w:rsidRDefault="00CF59F6" w:rsidP="005B6590">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="005B6590">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1 Multiple-choice cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B147B8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24193390" w14:textId="4D2FBEED" w:rsidR="005F2CA3" w:rsidRPr="005B6590" w:rsidRDefault="005B6590" w:rsidP="005B6590">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Long turn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DBED5B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="76CE7B0C" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562F9E2C" w14:textId="40788819" w:rsidR="005F2CA3" w:rsidRPr="00C2235D" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="688690DC" w14:textId="59432C8E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57BD3" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00687173">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A1D8DB6" w14:textId="011137F4" w:rsidR="00F57910" w:rsidRDefault="00F57910" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB0E15">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1DCA37" w14:textId="77777777" w:rsidR="00FE299F" w:rsidRDefault="002F3583" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6ACD86" w14:textId="47E36331" w:rsidR="00A419D5" w:rsidRPr="005F262A" w:rsidRDefault="00A419D5" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="785B35FD" w14:textId="50B09A08" w:rsidR="005F2CA3" w:rsidRPr="00163864" w:rsidRDefault="00163864" w:rsidP="00163864">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>binominals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E332079" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A719BA5" w14:textId="434E9168" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B4A844" w14:textId="66C98AC8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00163864">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA8062E" w14:textId="7DE22EBF" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00163864" w:rsidP="00163864">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>binominals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F01E582" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="301F443E" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A81885F" w14:textId="540D601B" w:rsidR="005F2CA3" w:rsidRPr="00C2235D" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C16125" w14:textId="0C9C427E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01C9F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>75-76</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7A9A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 216</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C4D39AD" w14:textId="61AF8DC0" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="0075286B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB0E15">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+            <w:r w:rsidR="002931E5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 41</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0965FE00" w14:textId="47D43FB5" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="002F3583" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CDEF4A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F61A094" w14:textId="6B072D5E" w:rsidR="00F57910" w:rsidRPr="005F262A" w:rsidRDefault="004C7A9A" w:rsidP="0014387D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>demonstratives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5A3E88" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AD86FD" w14:textId="44211B43" w:rsidR="005F2CA3" w:rsidRPr="002C472A" w:rsidRDefault="002C472A" w:rsidP="002C472A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A206190" w14:textId="107E8A7B" w:rsidR="00F57910" w:rsidRPr="005F262A" w:rsidRDefault="00F57910" w:rsidP="002C472A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="774BC05A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0014387D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0D4B9FAF" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBEE14D" w14:textId="293FA243" w:rsidR="005F2CA3" w:rsidRPr="00C2235D" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B1C26EF" w14:textId="16AE0B0F" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="001F5820">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002136E1" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00D977E7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6-77</w:t>
+            </w:r>
+            <w:r w:rsidR="0013207C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 192</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E0A3B5" w14:textId="2DEAF18D" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="001F5820">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D38E1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>42-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2559B382" w14:textId="1761EB93" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4840CA" w14:textId="73181A2C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00F57910">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EA78EC" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="592DD32B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17ECE90C" w14:textId="342E6652" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00F57910">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B52B33" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F474C6C" w14:textId="664C937D" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="0013207C" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Article</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7990CE62" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C10935" w14:textId="2F00D4E0" w:rsidR="005F2CA3" w:rsidRPr="00C2235D" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A98" w:rsidRPr="00C2235D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>48-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40EB6D96" w14:textId="2941836B" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="001F5820">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E4578C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="003A64B1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>8-80</w:t>
+            </w:r>
+            <w:r w:rsidR="006E6586">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 194</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6650B9D6" w14:textId="515B6780" w:rsidR="002931E5" w:rsidRDefault="002931E5" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="001F5820">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CC7ECBA" w14:textId="0CD16EAB" w:rsidR="00C358CF" w:rsidRDefault="00C358CF" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7822B027" w14:textId="1592FB87" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00FF09DD" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 5 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="324F9080" w14:textId="1F70C85B" w:rsidR="0028234C" w:rsidRDefault="002C1720" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00C319E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05716A80" w14:textId="04F2C520" w:rsidR="002C1720" w:rsidRDefault="002C1720" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>idioms: communication</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65CCC2E7" w14:textId="59A7E2E3" w:rsidR="002C1720" w:rsidRPr="005F262A" w:rsidRDefault="002C1720" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5DF6B3" w14:textId="549167F7" w:rsidR="0028234C" w:rsidRPr="005F262A" w:rsidRDefault="00C319E4" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DE6ABE" w14:textId="77777777" w:rsidR="0028234C" w:rsidRDefault="006E6586" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Open cloze</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ECE289D" w14:textId="65B5BF2D" w:rsidR="00C319E4" w:rsidRPr="005F262A" w:rsidRDefault="00C319E4" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="587531C5" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23034270" w14:textId="384CCCEC" w:rsidR="002E0A40" w:rsidRPr="005F262A" w:rsidRDefault="002E0A40" w:rsidP="00D01079">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F187D6E" w14:textId="5B6239CB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00F91B1A" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="18C6516B" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAECAF1" w14:textId="04F7ECE1" w:rsidR="00872C81" w:rsidRPr="00EA5BAD" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5BAD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AC4143" w14:textId="5A854C75" w:rsidR="00872C81" w:rsidRPr="00EA5BAD" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5BAD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13508CA5" w14:textId="2A6845A1" w:rsidR="00872C81" w:rsidRPr="00EA5BAD" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5BAD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14305F99" w14:textId="34EF58A6" w:rsidR="00872C81" w:rsidRPr="00EA5BAD" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5BAD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3531A086" w14:textId="7A5BA8BC" w:rsidR="00872C81" w:rsidRPr="00EA5BAD" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5BAD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E235147" w14:textId="2A2329AE" w:rsidR="00872C81" w:rsidRPr="00EA5BAD" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5BAD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF1DD5F" w14:textId="5F6C8379" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5BAD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="729DD985" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78976B28" w14:textId="64F84225" w:rsidR="005F2CA3" w:rsidRPr="00D01079" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01079">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 5</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2CC4" w:rsidRPr="00D01079">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BFF4997" w14:textId="4DC7CF60" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">SB </w:t>
             </w:r>
-            <w:r w:rsidR="0046102B">
-[...13 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>pg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="002E0A40" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="0096173D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...25 lines deleted...]
-          <w:p w14:paraId="57FDB0C0" w14:textId="20714582" w:rsidR="004E2EB0" w:rsidRPr="00071542" w:rsidRDefault="00C373AC" w:rsidP="001F5D72">
+            <w:r w:rsidR="00656548">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-8</w:t>
+            </w:r>
+            <w:r w:rsidR="00964B50">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3, 196, 199</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B214F00" w14:textId="056B7F3A" w:rsidR="002244E0" w:rsidRPr="005F262A" w:rsidRDefault="002244E0" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004F0A94">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00576EA7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0644ACA3" w14:textId="3DF01865" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="139FA563" w14:textId="103A5970" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00E2378D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9874F8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69CC3C29" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="790B2C4E" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00656548" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6532E8E0" w14:textId="52779432" w:rsidR="004F0A94" w:rsidRPr="005F262A" w:rsidRDefault="004F0A94" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Three-option multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1273FE72" w14:textId="77777777" w:rsidR="00BB2696" w:rsidRDefault="0096173D" w:rsidP="0096173D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D1CBBE7" w14:textId="606245C5" w:rsidR="00964B50" w:rsidRPr="005F262A" w:rsidRDefault="00964B50" w:rsidP="00964B50">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>assimilation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="026187A8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="77C8449D" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A6C1B9" w14:textId="1C02623C" w:rsidR="005F2CA3" w:rsidRPr="00D01079" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01079">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="009D2CC4" w:rsidRPr="00D01079">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A12E251" w14:textId="07FC9663" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2378D" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="008223E9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7C9EF3" w14:textId="3A683C45" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00DF3EE1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3930">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEA7BBD" w14:textId="79AC4016" w:rsidR="005F2CA3" w:rsidRPr="008223E9" w:rsidRDefault="008223E9" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">expressions and phrases with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>pay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5099C29F" w14:textId="15DA521D" w:rsidR="00E2378D" w:rsidRPr="005F262A" w:rsidRDefault="00E2378D" w:rsidP="008223E9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CC3A1C" w14:textId="50B48BF6" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00E2378D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="403281C8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA9B3B0" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455F6591" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="719E1025" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D13C32" w14:textId="4B7B2D0F" w:rsidR="005F2CA3" w:rsidRPr="00D01079" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01079">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00D01079">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D48AAF" w14:textId="33173C26" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2378D" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4A8F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00315428">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 218</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244898D7" w14:textId="1D6B497C" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3930">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F093F8" w14:textId="77777777" w:rsidR="00FE299F" w:rsidRDefault="00B05BA9" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="540286D7" w14:textId="356974C0" w:rsidR="00E7791C" w:rsidRPr="005F262A" w:rsidRDefault="00E7791C" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFBCABB" w14:textId="3E367166" w:rsidR="00E2378D" w:rsidRPr="005F262A" w:rsidRDefault="00E2378D" w:rsidP="007A4A8F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="799D65F6" w14:textId="13567762" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00315428" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>conditional clauses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="265D7C4A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="255F3A0F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51430D04" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14573BCE" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="1AADA30D" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA4945B" w14:textId="02ECBD99" w:rsidR="005F2CA3" w:rsidRPr="00693334" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02C42E6C" w14:textId="37EEED71" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00377430" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00315428">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60D34576" w14:textId="6417E842" w:rsidR="005F2CA3" w:rsidRDefault="00D640EF" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3930">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF08050" w14:textId="5BF39CBF" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="008362C5" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41775A20" w14:textId="762BB887" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00315428" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00315428">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>rise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00315428">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>fall</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC94808" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DD1C8B" w14:textId="3FBFE491" w:rsidR="00060A84" w:rsidRPr="005F262A" w:rsidRDefault="00060A84" w:rsidP="002E6D24">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1D5F28" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD849D5" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D957B71" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="470907D7" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E658716" w14:textId="406AE30B" w:rsidR="005F2CA3" w:rsidRPr="00693334" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5AD972" w14:textId="04360E83" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E6D24">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>86-87</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025F7731" w14:textId="40E8573F" w:rsidR="00FE299F" w:rsidRDefault="00060A84" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0014288D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>44-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA787F6" w14:textId="11497EB3" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1517E799" w14:textId="65270851" w:rsidR="00060A84" w:rsidRPr="005F262A" w:rsidRDefault="00060A84" w:rsidP="002E6D24">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="511C9C8B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AE50AB" w14:textId="1159A752" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="002E6D24" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 7 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33199C81" w14:textId="3FB0751A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002E6D24">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7895C51F" w14:textId="64E70212" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00060A84">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B8224F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="155CA5DC" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FB03E8" w14:textId="0A3E8E52" w:rsidR="005F2CA3" w:rsidRPr="00693334" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314EB63B" w14:textId="6A616649" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2BDB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>88-89, 190</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C180702" w14:textId="359DF834" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00576EA7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>50-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6757F422" w14:textId="625CD9E5" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="007C4C6B" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="343DAD45" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2CFFA4" w14:textId="259AB6D7" w:rsidR="00315645" w:rsidRPr="005F262A" w:rsidRDefault="00315645" w:rsidP="00466B38">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02580CAD" w14:textId="551C3369" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00E14E26">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2CC15A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1602928C" w14:textId="2EB44733" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00E14E26">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBCCEF6" w14:textId="2AF52391" w:rsidR="005F2CA3" w:rsidRPr="00466B38" w:rsidRDefault="00466B38" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Essay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="78A02699" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FA34AE" w14:textId="457C15E7" w:rsidR="005F2CA3" w:rsidRPr="00B90E5D" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B90E5D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00B90E5D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431C8CB0" w14:textId="29820FA6" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1312">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00315645" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3109">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>0-91</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F62EE1B" w14:textId="5613811D" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01555F53" w14:textId="332E4F07" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00315645">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43369AA4" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D754DB" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D24F084" w14:textId="3EA5383B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00FD3109" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Sentence completion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2BCD71" w14:textId="672D3CD4" w:rsidR="005F2CA3" w:rsidRPr="00096AAC" w:rsidRDefault="00096AAC" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Collaborative task</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147571EC" w14:textId="111DEE90" w:rsidR="00315645" w:rsidRPr="005F262A" w:rsidRDefault="00315645" w:rsidP="00096AAC">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="71A1EBD2" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AAA277" w14:textId="626B7CAA" w:rsidR="005F2CA3" w:rsidRPr="00693334" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>57-58</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66D07D5F" w14:textId="553BB3A6" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A368D4" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00361DF3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2-94</w:t>
+            </w:r>
+            <w:r w:rsidR="00214734">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 193</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F318239" w14:textId="6E67D5D2" w:rsidR="00A368D4" w:rsidRDefault="00A368D4" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5D26">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00631914">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114616FA" w14:textId="48EC4225" w:rsidR="008362C5" w:rsidRDefault="008362C5" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C29AB7B" w14:textId="77777777" w:rsidR="00FF09DD" w:rsidRDefault="00FF09DD" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(TRC unit 6 test – optional) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FE5A334" w14:textId="530AB1BD" w:rsidR="0039333D" w:rsidRPr="005F262A" w:rsidRDefault="0039333D" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4F9F65" w14:textId="2BC983F0" w:rsidR="001A52B9" w:rsidRDefault="00214734" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00547645">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B2E17F" w14:textId="6E913DF4" w:rsidR="00214734" w:rsidRPr="005F262A" w:rsidRDefault="00C91962" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">idioms: </w:t>
+            </w:r>
+            <w:r w:rsidR="00214734">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>money and wealth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5481BCA5" w14:textId="31AE6CBD" w:rsidR="005F2CA3" w:rsidRPr="00547645" w:rsidRDefault="00547645" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A0B100" w14:textId="77777777" w:rsidR="00A368D4" w:rsidRDefault="00C5607A" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Word formation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="102EFB48" w14:textId="40B08A1F" w:rsidR="00C5607A" w:rsidRPr="005F262A" w:rsidRDefault="00C5607A" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B02B6C8" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="522AD4EC" w14:textId="2A2D8B3C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00C91962">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50373966" w14:textId="4350741D" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00C5607A" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4A93659C" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E46C4A" w14:textId="0F46B65F" w:rsidR="005F2CA3" w:rsidRPr="00693334" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00693334">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>59-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31C43242" w14:textId="028CED1E" w:rsidR="00FE299F" w:rsidRDefault="005F2CA3" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3063F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007561DF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>95-98</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE3FD3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 241</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2EA3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-243</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="226C299B" w14:textId="4EC8CE6A" w:rsidR="00FE299F" w:rsidRPr="005F262A" w:rsidRDefault="00FE299F" w:rsidP="00FE299F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A84D303" w14:textId="171599FD" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00FA25EF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="449FDA4E" w14:textId="541DD232" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00FA25EF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4386AF5D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E23262" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00FA25EF" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F695AA8" w14:textId="77777777" w:rsidR="00FA25EF" w:rsidRPr="005F262A" w:rsidRDefault="00FA25EF" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Sentence completion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1906E444" w14:textId="77777777" w:rsidR="00FA25EF" w:rsidRPr="005F262A" w:rsidRDefault="00FA25EF" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7115C9E6" w14:textId="41D4C33F" w:rsidR="00FA25EF" w:rsidRPr="005F262A" w:rsidRDefault="00FA25EF" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEF7DCE" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBA2E69" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="61F6F63D" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2C5AA6" w14:textId="7B063400" w:rsidR="005F2CA3" w:rsidRPr="00F628FD" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk81918738"/>
+            <w:r w:rsidRPr="00F628FD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lesson 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF09DD" w:rsidRPr="00F628FD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F628FD" w:rsidRPr="00F628FD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5DBE0B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00FF09DD" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00F628FD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EST </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD1405">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>id-</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD1405">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ear</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="553D6968" w14:textId="19088EC7" w:rsidR="00F628FD" w:rsidRPr="005F262A" w:rsidRDefault="00F628FD" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB1C6C6" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21237B6A" w14:textId="504F86A8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00107E12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6942510B" w14:textId="3ABC3A5C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00FF09DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26175B22" w14:textId="32C13FE0" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00FF09DD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="690FE52A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D776D8" w14:textId="5961881B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00FF09DD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="117585E9" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716FA3D2" w14:textId="42F46B27" w:rsidR="00872C81" w:rsidRPr="000B2B82" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2B82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62ECA6B9" w14:textId="53825101" w:rsidR="00872C81" w:rsidRPr="000B2B82" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2B82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC4F5BA" w14:textId="16926B89" w:rsidR="00872C81" w:rsidRPr="000B2B82" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2B82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E13B756" w14:textId="0C4FCF85" w:rsidR="00872C81" w:rsidRPr="000B2B82" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2B82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0178CD" w14:textId="54402EBD" w:rsidR="00872C81" w:rsidRPr="000B2B82" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2B82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="084D3F4C" w14:textId="7047968C" w:rsidR="00872C81" w:rsidRPr="000B2B82" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2B82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1681ED33" w14:textId="6D7F6DDA" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B2B82">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="161652B5" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB2EAA9" w14:textId="1C998116" w:rsidR="005F2CA3" w:rsidRPr="007748BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A404EE" w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="272B0F3A" w14:textId="37EC043B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0610">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+            <w:r w:rsidR="005571E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-100, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C51DC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A6B7CC" w14:textId="746B1B4E" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C4D9B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+            <w:r w:rsidR="0007586A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 57</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CD3FFEB" w14:textId="0674565E" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0DB7A8" w14:textId="2DCB55D3" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00A404EE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="454B8757" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D93F03D" w14:textId="68D61413" w:rsidR="00A404EE" w:rsidRPr="005F262A" w:rsidRDefault="00C51DC7" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Open cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D138A7A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="005571E6" w:rsidP="005571E6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DACDBE9" w14:textId="41EE68C9" w:rsidR="0007586A" w:rsidRPr="005571E6" w:rsidRDefault="0007586A" w:rsidP="005571E6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Four-option multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7D3870" w14:textId="2987E10D" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00FC0610" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEADC67" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="16A9AB7A" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="078BAFF4" w14:textId="5BB90928" w:rsidR="005F2CA3" w:rsidRPr="007748BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A404EE" w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A9062D8" w14:textId="4C03714D" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE7A9E" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="001952EC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C70160">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 220, 237</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58772328" w14:textId="3B1E7B74" w:rsidR="007241B5" w:rsidRDefault="007241B5" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="005B40EA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 53-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F6B0936" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00F03EF5" w:rsidP="00C70160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EBFDADC" w14:textId="084D339D" w:rsidR="000C42FB" w:rsidRPr="005F262A" w:rsidRDefault="000C42FB" w:rsidP="00C70160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="113BECB0" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F3C958" w14:textId="35EEDC24" w:rsidR="005F2CA3" w:rsidRPr="001952EC" w:rsidRDefault="001952EC" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="55"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>modal verbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8011A8" w14:textId="6CA85644" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE7A9E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0033B840" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B302559" w14:textId="338FBB5A" w:rsidR="00CE7A9E" w:rsidRPr="005F262A" w:rsidRDefault="00CE7A9E" w:rsidP="001952EC">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6115A6B7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="5AFE1D81" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC97959" w14:textId="1418D560" w:rsidR="005F2CA3" w:rsidRPr="007748BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A404EE" w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FD242C5" w14:textId="1B72DADF" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C333D3" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="007340E0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000A75F1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C444CF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>237</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC8AA42" w14:textId="20436CAA" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6578">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C661F84" w14:textId="38FE3E4C" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="002D400F" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D3D9EE" w14:textId="26FD5031" w:rsidR="00C333D3" w:rsidRPr="005F262A" w:rsidRDefault="007340E0" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>phrasal verbs of deduction and investigation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5C442C" w14:textId="25430D95" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00C333D3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B0151D" w14:textId="2C132C49" w:rsidR="00C333D3" w:rsidRPr="005F262A" w:rsidRDefault="00C333D3" w:rsidP="00C444CF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2825C8ED" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C99F382" w14:textId="11026E02" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00C333D3">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491F90AD" w14:textId="7D4BF89B" w:rsidR="005F2CA3" w:rsidRPr="007151BE" w:rsidRDefault="005F2CA3" w:rsidP="007151BE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="37033CB6" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226CB819" w14:textId="03BE694C" w:rsidR="005F2CA3" w:rsidRPr="007748BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A404EE" w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EAEE7E8" w14:textId="55AC6C74" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00383895" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5123">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2495">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-104</w:t>
+            </w:r>
+            <w:r w:rsidR="007151BE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 109, </w:t>
+            </w:r>
+            <w:r w:rsidR="003561FB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>195, 197</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C600CB" w14:textId="52C98EE8" w:rsidR="007241B5" w:rsidRDefault="007241B5" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00033F8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 58-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A34033" w14:textId="439286F9" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE2CD93" w14:textId="725E1888" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="0086739B" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English: asides</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F57392" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5F627B" w14:textId="186CD237" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00383895">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C54536C" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F7D48E" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00EF5123" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>chunking and asides</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A1127E9" w14:textId="0D1873C0" w:rsidR="00DC2495" w:rsidRPr="00EF5123" w:rsidRDefault="00DC2495" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Collaborative task</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F34C8AC" w14:textId="399976BA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="007151BE" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="25C803A2" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AC4DFF" w14:textId="74A3D880" w:rsidR="005F2CA3" w:rsidRPr="007748BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A404EE" w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3C70">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AB025CB" w14:textId="197C4249" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00383895" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="004055DC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00502DB9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00565305">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>109, 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00502DB9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F9FD17" w14:textId="4F07A27E" w:rsidR="00E139F1" w:rsidRDefault="00E139F1" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6578">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07729C39" w14:textId="77777777" w:rsidR="00CD1405" w:rsidRDefault="002D400F" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54DF26B4" w14:textId="52DFF186" w:rsidR="00833B2C" w:rsidRPr="005F262A" w:rsidRDefault="00833B2C" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1872DBFF" w14:textId="77777777" w:rsidR="00383895" w:rsidRDefault="006A36FC" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>word formation: adjectives</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FDCA1D5" w14:textId="780CF9AA" w:rsidR="00565305" w:rsidRPr="005F262A" w:rsidRDefault="00F61173" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>verb</w:t>
+            </w:r>
+            <w:r w:rsidR="00565305">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>s of confusion and deceit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E392513" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11500254" w14:textId="0FC3DD5F" w:rsidR="00383895" w:rsidRPr="005F262A" w:rsidRDefault="00383895" w:rsidP="00502DB9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3967D1" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6750A3E0" w14:textId="42B269E1" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00E139F1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BABB83F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7A36C1D9" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="618E7CD3" w14:textId="6EA9A611" w:rsidR="005F2CA3" w:rsidRPr="007748BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A404EE" w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3C70">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21A37B27" w14:textId="72F1898C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E139F1" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00502DB9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>06-107</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D8504F7" w14:textId="6E425529" w:rsidR="00990F0D" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00990F0D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B4450">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>52-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C0713F9" w14:textId="2C0BB773" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0695F427" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C43497" w14:textId="749F9B88" w:rsidR="00E139F1" w:rsidRPr="005F262A" w:rsidRDefault="00E139F1" w:rsidP="00502DB9">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F225614" w14:textId="535DE30B" w:rsidR="005F2CA3" w:rsidRPr="00502DB9" w:rsidRDefault="00502DB9" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="0030420F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6 Gapped text</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE6BF35" w14:textId="1867C490" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0030420F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35421DC3" w14:textId="18808064" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00F9388A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447C9396" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4CFB6A63" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64122925" w14:textId="75B0CD94" w:rsidR="005F2CA3" w:rsidRPr="007748BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00A404EE" w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3C70">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0B12CC" w14:textId="47D255D2" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0095252F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB55FE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="0059269F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 220</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DDB03CB" w14:textId="6B333EE4" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B40EA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="734B389C" w14:textId="698DB0CE" w:rsidR="00647576" w:rsidRPr="005F262A" w:rsidRDefault="00F03EF5" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C7A10C" w14:textId="398A7F74" w:rsidR="00D86027" w:rsidRPr="005F262A" w:rsidRDefault="00D86027" w:rsidP="0059269F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="307A2440" w14:textId="73FA2A09" w:rsidR="00D86027" w:rsidRPr="005F262A" w:rsidRDefault="0059269F" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>adjectives and fixed expressions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CD6B63" w14:textId="286DDE1F" w:rsidR="00D86027" w:rsidRPr="005F262A" w:rsidRDefault="00D86027" w:rsidP="0059269F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4945266F" w14:textId="51219DF4" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D86027">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE0577F" w14:textId="16DB495E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00F61173">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4589A7E9" w14:textId="282B0E96" w:rsidR="00647576" w:rsidRPr="005F262A" w:rsidRDefault="00647576" w:rsidP="00F61173">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A4A64" w:rsidRPr="005F262A" w14:paraId="660AFEF5" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A76348" w14:textId="34559414" w:rsidR="000A4A64" w:rsidRPr="007748BA" w:rsidRDefault="000A4A64" w:rsidP="000A4A64">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007748BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>70-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD95BB9" w14:textId="2800965C" w:rsidR="000A4A64" w:rsidRPr="005F262A" w:rsidRDefault="000A4A64" w:rsidP="000A4A64">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D5E35">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>110-112</w:t>
+            </w:r>
+            <w:r w:rsidR="00406480">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 192</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60A09C33" w14:textId="3994FFB2" w:rsidR="000A4A64" w:rsidRDefault="000A4A64" w:rsidP="000A4A64">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA2B20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C4D9B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F5F1570" w14:textId="0DC657D6" w:rsidR="002D400F" w:rsidRDefault="002D400F" w:rsidP="000A4A64">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09CADD5A" w14:textId="568D5605" w:rsidR="000A4A64" w:rsidRPr="007748BA" w:rsidRDefault="000A4A64" w:rsidP="000A4A64">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 7 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B140F05" w14:textId="486203C4" w:rsidR="000A4A64" w:rsidRDefault="00406480" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00210560">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CD5D136" w14:textId="77777777" w:rsidR="00406480" w:rsidRDefault="00406480" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>idioms: mystery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="469A79EC" w14:textId="2CBF10D1" w:rsidR="00615C52" w:rsidRPr="005F262A" w:rsidRDefault="00615C52" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English: idiomatic language</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F441D5D" w14:textId="17F45F3C" w:rsidR="000A4A64" w:rsidRPr="005F262A" w:rsidRDefault="00210560" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63274F53" w14:textId="6E699F19" w:rsidR="000A4A64" w:rsidRPr="005F262A" w:rsidRDefault="00210560" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="761B1B7C" w14:textId="77777777" w:rsidR="000A4A64" w:rsidRPr="005F262A" w:rsidRDefault="000A4A64" w:rsidP="00D86027">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FA5950" w14:textId="77777777" w:rsidR="000A4A64" w:rsidRPr="005F262A" w:rsidRDefault="000A4A64" w:rsidP="00615C52">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07410FE2" w14:textId="7E0E2F64" w:rsidR="000A4A64" w:rsidRPr="005F262A" w:rsidRDefault="00406480" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Article</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="0F049F0C" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65CF6F07" w14:textId="6AF2E18D" w:rsidR="00872C81" w:rsidRPr="00C25CC3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25CC3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E340E0" w14:textId="5E410AA4" w:rsidR="00872C81" w:rsidRPr="00C25CC3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25CC3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663CA957" w14:textId="02FCDA89" w:rsidR="00872C81" w:rsidRPr="00C25CC3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25CC3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="403951E3" w14:textId="11863CE0" w:rsidR="00872C81" w:rsidRPr="00C25CC3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25CC3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B00B69C" w14:textId="79DC4BD4" w:rsidR="00872C81" w:rsidRPr="00C25CC3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25CC3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AB3222" w14:textId="66AA618E" w:rsidR="00872C81" w:rsidRPr="00C25CC3" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25CC3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AF16A6" w14:textId="4C4227F7" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25CC3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="6B70EA0A" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5767702A" w14:textId="6221B61B" w:rsidR="005F2CA3" w:rsidRPr="006B0178" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C47C63" w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0178" w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35CC2636" w14:textId="3DE87298" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007B55BD" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD054F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3-</w:t>
+            </w:r>
+            <w:r w:rsidR="00820A06">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00E97B1D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D73A1C6" w14:textId="1980F75B" w:rsidR="00795608" w:rsidRDefault="00795608" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009F60A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 65</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674D9D2A" w14:textId="01A0036E" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2793324B" w14:textId="65C63DAD" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D21FFA">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54FD3F83" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="127A5D62" w14:textId="4FB3C7F4" w:rsidR="00D21FFA" w:rsidRPr="005F262A" w:rsidRDefault="00D21FFA" w:rsidP="00E97B1D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D81CC6" w14:textId="55EF80A0" w:rsidR="005F2CA3" w:rsidRPr="00E97B1D" w:rsidRDefault="00E97B1D" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 multiple matchin</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB209B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="297E9562" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00BD054F" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD4A0FD" w14:textId="306AD01C" w:rsidR="00820A06" w:rsidRPr="005F262A" w:rsidRDefault="00820A06" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Long turn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A30C134" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4E1DC87D" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F14F344" w14:textId="2EF12863" w:rsidR="005F2CA3" w:rsidRPr="006B0178" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C47C63" w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0178" w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A76795E" w14:textId="039E1223" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F35D4" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB209B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3BBF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 222, 238</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E6F42BA" w14:textId="622A8568" w:rsidR="00795608" w:rsidRDefault="00795608" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3263">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 62</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E5878FB" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00E937CB" w:rsidP="00CF79A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="520E0229" w14:textId="03262368" w:rsidR="006C5F21" w:rsidRPr="005F262A" w:rsidRDefault="006C5F21" w:rsidP="00CF79A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E75BAD4" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058D525A" w14:textId="0B6A7D3D" w:rsidR="005F2CA3" w:rsidRPr="00EB209B" w:rsidRDefault="00EB209B" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="57"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>comparatives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199CF993" w14:textId="013901C0" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="005F35D4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6768264B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2191FCD7" w14:textId="3E113172" w:rsidR="005F35D4" w:rsidRPr="005F262A" w:rsidRDefault="005F35D4" w:rsidP="006E3BBF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="789D85AA" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0DBDD873" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FFE31A" w14:textId="4D9BF0F0" w:rsidR="005F2CA3" w:rsidRPr="006B0178" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C47C63" w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0178" w:rsidRPr="006B0178">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56F09585" w14:textId="144CC592" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F35D4" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3BBF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11E15">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 120</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340AD627" w14:textId="60441CE5" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00371107">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+            <w:r w:rsidR="009F60A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 65</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C2C651" w14:textId="28DF8A2F" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00116A2A" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="203EE8DF" w14:textId="3080C35E" w:rsidR="005F2CA3" w:rsidRPr="006E3BBF" w:rsidRDefault="006E3BBF" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="57"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>environment collocations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28786584" w14:textId="4072F667" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="005F35D4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDB3CC4" w14:textId="376F3363" w:rsidR="005F35D4" w:rsidRPr="005F262A" w:rsidRDefault="005F35D4" w:rsidP="00B00449">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABFD167" w14:textId="496DA9F4" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00F11E15" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="57"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Sentence completion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD155F5" w14:textId="0304C572" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="005F35D4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78DB3CF1" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7E5A15D6" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="478E30A6" w14:textId="2FB950FB" w:rsidR="005F2CA3" w:rsidRPr="00912452" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C47C63" w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00912452" w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="796BFD6D" w14:textId="30157980" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B00449" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00449">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>18-119</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E10889" w14:textId="42E2E417" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003F3263">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>60-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DAF002D" w14:textId="49CE70FA" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="006C5F21" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA6993B" w14:textId="1563B280" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D46C50">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B51794C" w14:textId="13614577" w:rsidR="00D46C50" w:rsidRPr="005F262A" w:rsidRDefault="00D46C50" w:rsidP="00B00449">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA74507" w14:textId="3A82149A" w:rsidR="005F2CA3" w:rsidRPr="00B00449" w:rsidRDefault="00B00449" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 5 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="376084FF" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDB0BE6" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A642130" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="2BF1CDC3" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="449224BE" w14:textId="4FDABEE5" w:rsidR="005F2CA3" w:rsidRPr="00912452" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C47C63" w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="004630AD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1287799C" w14:textId="15550FDD" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E42B5" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00584570">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009669F2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 222</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF93D41" w14:textId="5FEDEEC6" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A77A02">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00371107">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>62-63</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="282E2AE0" w14:textId="51A1423A" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00E937CB" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2FA87F" w14:textId="4CB11EB3" w:rsidR="00DE12D3" w:rsidRPr="005F262A" w:rsidRDefault="00DE12D3" w:rsidP="00584570">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="555FD0CD" w14:textId="74859E8B" w:rsidR="006E42B5" w:rsidRPr="005F262A" w:rsidRDefault="00584570" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>expressing contrast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DA18F2" w14:textId="4A799AEE" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006E42B5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CBCD95B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EB3DD1" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AF58E3" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="2CB9CB18" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F5822D" w14:textId="719D0EC9" w:rsidR="005F2CA3" w:rsidRPr="00912452" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00C47C63" w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="004630AD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD11ECF" w14:textId="45EE0EF3" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A77A02">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007B55BD" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="002E57E1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2-123</w:t>
+            </w:r>
+            <w:r w:rsidR="00B82B01">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EEF3EE7" w14:textId="25A458FD" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00795608" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A77A02">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B610EB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 66-67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4D02DA" w14:textId="64839ACF" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="007B55BD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6473445A" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351224C3" w14:textId="7830002C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="007B55BD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2041BD2D" w14:textId="55E974BB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="007B55BD">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15031F3F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D27AB2" w14:textId="492552D5" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00B82B01" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Essay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="50E8EC56" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63857A92" w14:textId="0F3EE1E6" w:rsidR="005F2CA3" w:rsidRPr="00912452" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="004630AD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>78-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C47C63" w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00912452" w:rsidRPr="00912452">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B450953" w14:textId="67F48F8F" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A77A02">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00254DEE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>124-126</w:t>
+            </w:r>
+            <w:r w:rsidR="003F24D9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 193</w:t>
+            </w:r>
+            <w:r w:rsidR="00B004BD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 197</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FBBA5B0" w14:textId="2C34425C" w:rsidR="00E12419" w:rsidRDefault="00E12419" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A77A02">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F60A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F55B3A" w14:textId="1AB9A693" w:rsidR="00116A2A" w:rsidRDefault="00116A2A" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DA399A9" w14:textId="65BFE1F1" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00C47C63" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 8 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6435E861" w14:textId="4E00EF60" w:rsidR="005F2CA3" w:rsidRDefault="00B004BD" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="000D49D5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="733B3061" w14:textId="77777777" w:rsidR="00B004BD" w:rsidRDefault="00B004BD" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">idioms: noticing similarities and </w:t>
+            </w:r>
+            <w:r w:rsidR="006D0EAC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>differences</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384ADCD5" w14:textId="6F2B7519" w:rsidR="001C7ED6" w:rsidRPr="005F262A" w:rsidRDefault="001C7ED6" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B06BBB6" w14:textId="32F5F2A8" w:rsidR="007272E2" w:rsidRPr="005F262A" w:rsidRDefault="000D49D5" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="724B5EBC" w14:textId="77777777" w:rsidR="006423B4" w:rsidRDefault="00EB160C" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Word formation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C5BF0E9" w14:textId="06EFC832" w:rsidR="003F24D9" w:rsidRPr="005F262A" w:rsidRDefault="003F24D9" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A64E14" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150E4D14" w14:textId="52814C02" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00DC4AF0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AFBCC0" w14:textId="0F52CA39" w:rsidR="00D61C09" w:rsidRPr="005F262A" w:rsidRDefault="003F24D9" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE3635" w:rsidRPr="005F262A" w14:paraId="674E81D1" w14:textId="77777777" w:rsidTr="00021500">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04921F45" w14:textId="76BD8ABE" w:rsidR="00DE3635" w:rsidRPr="009B6523" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6523">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C63BEE" w14:textId="086EE175" w:rsidR="00DE3635" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TEST Unit 7-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73F61D8F" w14:textId="77777777" w:rsidR="00DE3635" w:rsidRPr="005F262A" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D8D9C8" w14:textId="77777777" w:rsidR="00DE3635" w:rsidRPr="005F262A" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7127979C" w14:textId="77777777" w:rsidR="00DE3635" w:rsidRPr="005F262A" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F0203A" w14:textId="77777777" w:rsidR="00DE3635" w:rsidRPr="005F262A" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="151121EC" w14:textId="77777777" w:rsidR="00DE3635" w:rsidRPr="005F262A" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4F0DD6" w14:textId="77777777" w:rsidR="00DE3635" w:rsidRPr="00B15C17" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD29FEF" w14:textId="77777777" w:rsidR="00DE3635" w:rsidRPr="005F262A" w:rsidRDefault="00DE3635" w:rsidP="00021500">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="603D1FD9" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E88789E" w14:textId="0ACBCEC0" w:rsidR="00872C81" w:rsidRPr="00E942FA" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E942FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14881C05" w14:textId="590F4131" w:rsidR="00872C81" w:rsidRPr="00E942FA" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E942FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A79E65" w14:textId="243BC743" w:rsidR="00872C81" w:rsidRPr="00E942FA" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E942FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D745378" w14:textId="64F75650" w:rsidR="00872C81" w:rsidRPr="00E942FA" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E942FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49232DB5" w14:textId="31DCC339" w:rsidR="00872C81" w:rsidRPr="00E942FA" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E942FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFAC873" w14:textId="3CF747F2" w:rsidR="00872C81" w:rsidRPr="00E942FA" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E942FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E8D4EB" w14:textId="2EA1719D" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E942FA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4201FCB4" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DB1C49" w14:textId="4CBF10DB" w:rsidR="005F2CA3" w:rsidRPr="006226BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6E7F" w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FDF0D9" w14:textId="056B55FB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A26611">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>127-</w:t>
+            </w:r>
+            <w:r w:rsidR="006D2F97" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F669268" w14:textId="01CE3DF4" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB p</w:t>
+            </w:r>
+            <w:r w:rsidR="006A1A45" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="006A1A45" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00860E55">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+            <w:r w:rsidR="00495D93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-69</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D5D74CD" w14:textId="24FB9B9C" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7556AD9E" w14:textId="438305E7" w:rsidR="006D2F97" w:rsidRPr="005F262A" w:rsidRDefault="006D2F97" w:rsidP="00A26611">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="194F7BBD" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="194AC686" w14:textId="725F405E" w:rsidR="005F2CA3" w:rsidRPr="00A26611" w:rsidRDefault="00A26611" w:rsidP="00A26611">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="007F06A1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2492FE" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F27CC54" w14:textId="5B2C9159" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00A26611" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D672E1" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="26073FDA" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="270FFD96" w14:textId="368830C0" w:rsidR="005F2CA3" w:rsidRPr="006226BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1E88" w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006226BA" w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BEABC6D" w14:textId="602B5CDB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006D2F97" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>130-131</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707029CB" w14:textId="7A9625A2" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00530282">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidR="0063337B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00031D89">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34DE637A" w14:textId="41F0BA96" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="529B21DA" w14:textId="16A6B394" w:rsidR="005F2CA3" w:rsidRPr="00777DC0" w:rsidRDefault="00777DC0" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prepositional phrases with </w:t>
+            </w:r>
+            <w:r w:rsidR="004120AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">by, in </w:t>
+            </w:r>
+            <w:r w:rsidR="004120AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="004120AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>out of</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="246E7C91" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DAD8E62" w14:textId="2AE33C1C" w:rsidR="006D2F97" w:rsidRPr="005F262A" w:rsidRDefault="004120AA" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="006206DD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Multiple-choice cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A94EEFA" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA0AD1D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="451DDF2B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="1039725E" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F0739A" w14:textId="5117BE19" w:rsidR="005F2CA3" w:rsidRPr="006226BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1E88" w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006226BA" w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="551A2B79" w14:textId="6D2EB428" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0032321C" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="004D7674">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002F7AB8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 224</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EBA6BB4" w14:textId="33C2498F" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00495D93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A4DF858" w14:textId="4438CD86" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="004839BD" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3D2687" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FC02BA" w14:textId="7EEA97FF" w:rsidR="0032321C" w:rsidRPr="005F262A" w:rsidRDefault="004D7674" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">expressing concession, contrast, </w:t>
+            </w:r>
+            <w:r w:rsidR="002F7AB8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>purpose and reason</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0172CF" w14:textId="1EE0F4BB" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00A0001F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46506057" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="148CC2C6" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7718DF3F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4E1FC670" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="698CF326" w14:textId="5DFBFB06" w:rsidR="005F2CA3" w:rsidRPr="006226BA" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1E88" w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006226BA" w:rsidRPr="006226BA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59CAFED9" w14:textId="3F8CC37F" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A0001F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>132</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD06EB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>-133</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF18FB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 239</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DB21679" w14:textId="1634C318" w:rsidR="00D575EE" w:rsidRDefault="00D575EE" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5113">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00530282">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 71</w:t>
+            </w:r>
+            <w:r w:rsidR="00551D69">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 73</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="154E4206" w14:textId="77777777" w:rsidR="00CD1405" w:rsidRDefault="00930916" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="652861F4" w14:textId="76479946" w:rsidR="00351BD1" w:rsidRPr="005F262A" w:rsidRDefault="00351BD1" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5EE896" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="002E5944" w:rsidP="002E5944">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>describing art and architecture</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5942AC59" w14:textId="0D041EC3" w:rsidR="00547F95" w:rsidRPr="005F262A" w:rsidRDefault="00547F95" w:rsidP="002E5944">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDAC2F2" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C75BE56" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DDF5EB" w14:textId="675EC2DA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00547F95" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Sentence completion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42300672" w14:textId="63390CB6" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00BF18FB" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>juncture</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47742798" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="738EF05F" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B10D79" w14:textId="3A8508DB" w:rsidR="005F2CA3" w:rsidRPr="00F84324" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1E88" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F84324" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DAAD07C" w14:textId="6D4A2756" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE34AA" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83918">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">34, </w:t>
+            </w:r>
+            <w:r w:rsidR="001173CF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>224</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3246DD80" w14:textId="50D40AFF" w:rsidR="00FE34AA" w:rsidRDefault="00FE34AA" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00495D93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EDBF39C" w14:textId="523163B2" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="004839BD" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="271D73BA" w14:textId="79B2A989" w:rsidR="00FE34AA" w:rsidRPr="005F262A" w:rsidRDefault="00FE34AA" w:rsidP="00C83918">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FED680F" w14:textId="20E1F160" w:rsidR="005F2CA3" w:rsidRPr="00C83918" w:rsidRDefault="0000692A" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00C83918">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">assive and causative </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>structures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BDD7D9" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CBF3C0" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F52F87E" w14:textId="76FC944E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F5B1D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D14019F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0FBB966E" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B41E9C" w14:textId="6461F6DC" w:rsidR="005F2CA3" w:rsidRPr="00F84324" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1E88" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F84324" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BD3391F" w14:textId="0ECD8A7A" w:rsidR="00D575EE" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F5B1D" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0418">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58E75870" w14:textId="2A74C35B" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E38A9AA" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED1A498" w14:textId="017BF8FA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F5B1D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA419C8" w14:textId="747F4135" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00277EF5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A00B89A" w14:textId="5BADF9B3" w:rsidR="005F2CA3" w:rsidRPr="00A514A1" w:rsidRDefault="00A514A1" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B6B2D3" w14:textId="0DD96569" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00A514A1" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Collaborative task</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F7426A" w14:textId="561ED8BD" w:rsidR="005F2CA3" w:rsidRPr="00AB0418" w:rsidRDefault="005F2CA3" w:rsidP="00AB0418">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="7A228BAB" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="181C281C" w14:textId="7AE91D9F" w:rsidR="005F2CA3" w:rsidRPr="00F84324" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1E88" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F84324" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="664E78CB" w14:textId="7E461327" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F5B1D" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00F27D8F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6-137, </w:t>
+            </w:r>
+            <w:r w:rsidR="0069707B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>195</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D344F7C" w14:textId="6159BF25" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00551D69">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>74-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC798FA" w14:textId="195B8E45" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3344B82A" w14:textId="5A351F8E" w:rsidR="002F5B1D" w:rsidRPr="005F262A" w:rsidRDefault="002F5B1D" w:rsidP="00AB0418">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E59FB25" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D04BD1F" w14:textId="27CA25F9" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="002F5B1D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D858FD1" w14:textId="786DC11E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0069707B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EB1F84" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2224D595" w14:textId="6DA49F7E" w:rsidR="005F2CA3" w:rsidRPr="0069707B" w:rsidRDefault="0069707B" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4258CA98" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0DEB3E" w14:textId="51E0121A" w:rsidR="005F2CA3" w:rsidRPr="00F84324" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1E88" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F84324" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED95D17" w14:textId="4B06D192" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F20D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>138-140</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58ADC04F" w14:textId="5FA2B3CA" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00031D89">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DF7E97" w14:textId="4B9E7268" w:rsidR="000A1E88" w:rsidRPr="005F262A" w:rsidRDefault="000A1E88" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 9 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D266B8D" w14:textId="49C13693" w:rsidR="005265DB" w:rsidRDefault="00204EEA" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="000F20D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47E4B1AF" w14:textId="77777777" w:rsidR="00204EEA" w:rsidRDefault="00204EEA" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>idioms: art and creativity</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="360843C4" w14:textId="638A4DD7" w:rsidR="006637B1" w:rsidRPr="005F262A" w:rsidRDefault="006637B1" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="761C9908" w14:textId="301E6903" w:rsidR="005F2CA3" w:rsidRPr="000F20D8" w:rsidRDefault="000F20D8" w:rsidP="000F20D8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4227B826" w14:textId="7C41E899" w:rsidR="005265DB" w:rsidRPr="005F262A" w:rsidRDefault="00204EEA" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Open cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E20FBE4" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="126C1CBE" w14:textId="374315C4" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006637B1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5897605E" w14:textId="20612EC2" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00204EEA" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Essay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="2FC1BC4A" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F3A86C" w14:textId="03230D0E" w:rsidR="005F2CA3" w:rsidRPr="00F84324" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="00F84324" w:rsidRPr="00F84324">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>90-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7250CBF5" w14:textId="63C91813" w:rsidR="00CD1405" w:rsidRDefault="005F2CA3" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00F56153">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01CC2" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0638">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B2AD846" w14:textId="77777777" w:rsidR="00CD1405" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="544A6AF8" w14:textId="45B7D2B7" w:rsidR="00351BD1" w:rsidRPr="005F262A" w:rsidRDefault="00351BD1" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F68688" w14:textId="3B250DC1" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00B01CC2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D93F277" w14:textId="09271388" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00B01CC2">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC977A7" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E18AC5" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDE4D79" w14:textId="501FC612" w:rsidR="00537821" w:rsidRDefault="00537821" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284195F9" w14:textId="6B23937F" w:rsidR="000D0D93" w:rsidRDefault="002B0638" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31D2C233" w14:textId="77777777" w:rsidR="002B0638" w:rsidRDefault="002B0638" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Part 2 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44B45">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Collaborative task</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7293E33C" w14:textId="77777777" w:rsidR="000D1D8B" w:rsidRDefault="00D44B45" w:rsidP="000D1D8B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Long turn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27958E98" w14:textId="6A023ABA" w:rsidR="00D44B45" w:rsidRPr="005F262A" w:rsidRDefault="007B1F61" w:rsidP="000D1D8B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8C2DB1" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="41234CB6" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="204FEAA6" w14:textId="0242C853" w:rsidR="00872C81" w:rsidRPr="00D62BBB" w:rsidRDefault="00872C81" w:rsidP="00586AAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D62BBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E9AD89" w14:textId="3DDF965C" w:rsidR="00872C81" w:rsidRPr="00D62BBB" w:rsidRDefault="00872C81" w:rsidP="00586AAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D62BBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B32DD6" w14:textId="77DF1D68" w:rsidR="00872C81" w:rsidRPr="00D62BBB" w:rsidRDefault="00872C81" w:rsidP="00586AAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D62BBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF22A66" w14:textId="2A389317" w:rsidR="00872C81" w:rsidRPr="00D62BBB" w:rsidRDefault="00872C81" w:rsidP="00586AAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D62BBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB7D614" w14:textId="72DB7B1A" w:rsidR="00872C81" w:rsidRPr="00D62BBB" w:rsidRDefault="00872C81" w:rsidP="00586AAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D62BBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="233EC7F2" w14:textId="6CBA74E2" w:rsidR="00872C81" w:rsidRPr="00D62BBB" w:rsidRDefault="00872C81" w:rsidP="00586AAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D62BBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A895233" w14:textId="002AF289" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00586AAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D62BBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0189D8D4" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5696D18C" w14:textId="1CE43EA4" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5066D821" w14:textId="37A9C9FC" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00035D81" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="009F2E6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5-</w:t>
+            </w:r>
+            <w:r w:rsidR="003454B2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>146</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54762145" w14:textId="3650DD22" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E73360" w14:textId="5699A124" w:rsidR="00035D81" w:rsidRPr="005F262A" w:rsidRDefault="00035D81" w:rsidP="00B6288E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AAAC584" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5468120C" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27668B0B" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8E85ED" w14:textId="77777777" w:rsidR="00035D81" w:rsidRDefault="00706D02" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 In</w:t>
+            </w:r>
+            <w:r w:rsidR="009F2E6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>terview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A8D5C2A" w14:textId="77777777" w:rsidR="009F2E6D" w:rsidRDefault="009F2E6D" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B6288E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Multiple matching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F0E8F5" w14:textId="7FB358AB" w:rsidR="00B6288E" w:rsidRPr="005F262A" w:rsidRDefault="00B6288E" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>accents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C25CF2D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="403F4048" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="741B5837" w14:textId="75F882E8" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DE9A5A" w14:textId="07B6A16A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00370E71" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6288E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">47, </w:t>
+            </w:r>
+            <w:r w:rsidR="0024141D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>226</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21394125" w14:textId="045B2352" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A27C3A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45DD1E2B" w14:textId="77777777" w:rsidR="00CD1405" w:rsidRDefault="0087140C" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE41472" w14:textId="4EDB3103" w:rsidR="006B1A8C" w:rsidRPr="005F262A" w:rsidRDefault="006B1A8C" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF1484F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="296FD1F2" w14:textId="2093678C" w:rsidR="005F2CA3" w:rsidRPr="00B6288E" w:rsidRDefault="00B6288E" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="58"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>inversion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D6032F" w14:textId="59DC1181" w:rsidR="00370E71" w:rsidRPr="005F262A" w:rsidRDefault="00370E71" w:rsidP="00B6288E">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="560AB473" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B994E3" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3191C4FF" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="0D46BB03" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3602364E" w14:textId="26F4C074" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFC37D3" w14:textId="3766C307" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00150871" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0024141D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>48-149</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7CFA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 198, 240</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071A1C21" w14:textId="7C54ACE5" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3501">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F8224ED" w14:textId="373EB337" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="0087140C" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECF59A9" w14:textId="52500200" w:rsidR="005F2CA3" w:rsidRPr="0024141D" w:rsidRDefault="0024141D" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="58"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>describing books and films</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AF7FC3" w14:textId="20703BF3" w:rsidR="00150871" w:rsidRPr="005F262A" w:rsidRDefault="00150871" w:rsidP="0024141D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC52DBD" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F75014" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC80282" w14:textId="1ADBA87B" w:rsidR="005F2CA3" w:rsidRPr="000F7CFA" w:rsidRDefault="000F7CFA" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="58"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Long turn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2614F6A4" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="116F1365" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0F3A30" w14:textId="76F7DF17" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F3FD4C9" w14:textId="5779C6B9" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00150871" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00C330D0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>0-151</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C93CDC" w14:textId="2CF6AA71" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="006A1A45" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A27C3A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>76-77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40307F91" w14:textId="625ACEDE" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00150871">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9AA7A2" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1DB00C" w14:textId="241CD33E" w:rsidR="00150871" w:rsidRPr="005F262A" w:rsidRDefault="00C330D0" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00524110">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2B8632" w14:textId="087DF0B1" w:rsidR="00866CB3" w:rsidRPr="005F262A" w:rsidRDefault="00866CB3" w:rsidP="006E28FE">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C7E33D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0965620C" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="36E3105B" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C02B61D" w14:textId="27F5BB65" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E33E502" w14:textId="520051A5" w:rsidR="001F2CC1" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00150871" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2CC1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6D5A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>226</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041CEE0D" w14:textId="71491875" w:rsidR="00150871" w:rsidRDefault="00150871" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3501">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="030B5459" w14:textId="3B7FF74A" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="0087140C" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64AF8C28" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5714FB" w14:textId="1DFCCE3E" w:rsidR="00150871" w:rsidRDefault="001F2CC1" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>creating emphasis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA0D2B8" w14:textId="1723D7BE" w:rsidR="001F2CC1" w:rsidRPr="005F262A" w:rsidRDefault="001F2CC1" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>cleft sentences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC0B4CF" w14:textId="48F56E3D" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00150871">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB3D803" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D72AFF3" w14:textId="50BEF623" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00150871">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D4D459" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="2C24388D" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFC867D" w14:textId="673D656B" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EBF69CD" w14:textId="1C3C2177" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008F187B" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11FC7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2-153</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37772FFE" w14:textId="49DC8781" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3501">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EA4A3DC" w14:textId="7198F010" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00684049" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2EF906" w14:textId="759A6917" w:rsidR="008F187B" w:rsidRPr="005F262A" w:rsidRDefault="003458D8" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>similes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E144DAC" w14:textId="407F8E81" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="008F187B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF487F1" w14:textId="22428A48" w:rsidR="005F2CA3" w:rsidRPr="003458D8" w:rsidRDefault="003458D8" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12303F69" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFD632E" w14:textId="6E1AF37A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="003458D8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D2B2DB" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="6ECE19DD" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="257AF8AD" w14:textId="7F9DB4C1" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="348ADCBF" w14:textId="2C473F53" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E5B0C" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00460BDE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4-155, 190</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535D82A3" w14:textId="2C026671" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="008215FD" w:rsidP="00684049">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6870">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 82-83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="456988B3" w14:textId="45B034C4" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00C32CA5" w:rsidP="00C32CA5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+            <w:r w:rsidR="009035CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="009035CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAE1191" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE4E003" w14:textId="7C6FD8AA" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="007E5B0C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC30AC1" w14:textId="788AB5DD" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="007E5B0C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0880797D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00CE540F">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C16F0D" w14:textId="61A3E97B" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="0015659B" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Essay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="01C4272C" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D241EE" w14:textId="551CFB54" w:rsidR="005F2CA3" w:rsidRPr="004D2825" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="002C48F5" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004D2825" w:rsidRPr="004D2825">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9-100</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49430B76" w14:textId="0F47C501" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00076D27">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>156-158</w:t>
+            </w:r>
+            <w:r w:rsidR="006F194A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 195</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307D64BC" w14:textId="4F5D7B53" w:rsidR="005F2CA3" w:rsidRDefault="005F2CA3" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A6179F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidR="006E28FE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 81</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C01A6E0" w14:textId="066B9F71" w:rsidR="00E561C9" w:rsidRDefault="00E561C9" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="073584FE" w14:textId="4E832D02" w:rsidR="002C48F5" w:rsidRPr="005F262A" w:rsidRDefault="002C48F5" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 10 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A2C200" w14:textId="1D3D2538" w:rsidR="005F2CA3" w:rsidRDefault="006F194A" w:rsidP="00076D27">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00076D27">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D722D3" w14:textId="77777777" w:rsidR="006F194A" w:rsidRDefault="006F194A" w:rsidP="00076D27">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">idioms: </w:t>
+            </w:r>
+            <w:r w:rsidR="002757FD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>from literature</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3BC743" w14:textId="441DBF77" w:rsidR="002757FD" w:rsidRPr="005F262A" w:rsidRDefault="002757FD" w:rsidP="00076D27">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5817A7" w14:textId="2CD03954" w:rsidR="007E5B0C" w:rsidRPr="005F262A" w:rsidRDefault="00076D27" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6FE12F" w14:textId="77777777" w:rsidR="007E5B0C" w:rsidRDefault="00076D27" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="30039360" w14:textId="77777777" w:rsidR="004E2EB0" w:rsidRDefault="00DB5C33" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part</w:t>
+            </w:r>
+            <w:r w:rsidR="00143E7E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 Multiple-choice cloze</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619031FD" w14:textId="0E9021F3" w:rsidR="00143E7E" w:rsidRPr="005F262A" w:rsidRDefault="00143E7E" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="16ECFC05" w14:textId="7152286C" w:rsidR="00A914D2" w:rsidRDefault="00A914D2" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Word formation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="703F957F" w14:textId="77777777" w:rsidR="006E28FE" w:rsidRPr="006E28FE" w:rsidRDefault="006E28FE" w:rsidP="006E28FE">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5B98FBE2" w14:textId="0F274A18" w:rsidR="00DB5C33" w:rsidRPr="00532AC2" w:rsidRDefault="00B52757" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E28FE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Sentence completion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2711B7D5" w14:textId="525718B4" w:rsidR="005F2CA3" w:rsidRPr="006E28FE" w:rsidRDefault="006E28FE" w:rsidP="006E28FE">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="2CDE69DF" w14:textId="77777777" w:rsidR="00593D7C" w:rsidRDefault="00593D7C" w:rsidP="00593D7C">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E28FE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC62B89" w14:textId="4F4F29F0" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00D62BBB">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="668119B5" w14:textId="0E7ECA48" w:rsidR="003D7E3A" w:rsidRPr="005F262A" w:rsidRDefault="006F194A" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...40 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Review</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2EB0" w:rsidRPr="008D47B9" w14:paraId="4C625EBD" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w14:paraId="2033F8F6" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...316 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3721CD2B" w14:textId="3B076564" w:rsidR="00AF4AA9" w:rsidRPr="00111A14" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00111A14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C8AEBC" w14:textId="14E1242F" w:rsidR="00AF4AA9" w:rsidRPr="00111A14" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00111A14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE41A0A" w14:textId="1C35D147" w:rsidR="00AF4AA9" w:rsidRPr="00111A14" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00111A14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C7F73A" w14:textId="57AA5F18" w:rsidR="00AF4AA9" w:rsidRPr="00111A14" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00111A14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D713F8" w14:textId="3E0EEE71" w:rsidR="00AF4AA9" w:rsidRPr="00111A14" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00111A14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E25FD25" w14:textId="5DDE2CE8" w:rsidR="00AF4AA9" w:rsidRPr="00111A14" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00111A14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="326D2512" w14:textId="2F6DA18A" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00111A14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2EB0" w:rsidRPr="00F502FE" w14:paraId="03414926" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="372A765D" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...117 lines deleted...]
-          <w:p w14:paraId="1596E05C" w14:textId="09B980A9" w:rsidR="004E2EB0" w:rsidRPr="004D0893" w:rsidRDefault="00E90727" w:rsidP="001F5D72">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="593133A2" w14:textId="0D928332" w:rsidR="005F2CA3" w:rsidRPr="004A1998" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk81919136"/>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesson </w:t>
+            </w:r>
+            <w:r w:rsidR="006C6A6B" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E358485" w14:textId="5050EF53" w:rsidR="002E2E7B" w:rsidRDefault="0039437D" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6148B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>159-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>161</w:t>
+            </w:r>
+            <w:r w:rsidR="00502F2F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 198</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46F35DCB" w14:textId="4BFA2AA1" w:rsidR="00F740A2" w:rsidRDefault="00F740A2" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA35D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 86</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69296164" w14:textId="77777777" w:rsidR="0039437D" w:rsidRDefault="002812B9" w:rsidP="002A167B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BC6139" w14:textId="738A3B7A" w:rsidR="00490DE7" w:rsidRPr="005F262A" w:rsidRDefault="00490DE7" w:rsidP="002A167B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C056366" w14:textId="62E4258C" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00502F2F" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="59"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...278 lines deleted...]
-          <w:p w14:paraId="53AD2988" w14:textId="26C556C0" w:rsidR="004E2EB0" w:rsidRPr="00532AC2" w:rsidRDefault="00D53A88" w:rsidP="00D94461">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>city dwelling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C305D0" w14:textId="5874C51E" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00601CBA">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C2DA87" w14:textId="5A6C44E6" w:rsidR="0039437D" w:rsidRPr="005F262A" w:rsidRDefault="0039437D" w:rsidP="00502F2F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F12AEBB" w14:textId="5B22BC17" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="009A574E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="402393DB" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRDefault="00F6148B" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="0892775F" w14:textId="07758F75" w:rsidR="004E2EB0" w:rsidRPr="00532AC2" w:rsidRDefault="007F5521" w:rsidP="007F5521">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC61EC3" w14:textId="15C28345" w:rsidR="0023131C" w:rsidRPr="005F262A" w:rsidRDefault="0023131C" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Long turn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D970F15" w14:textId="3686F4C4" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="0039437D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2EB0" w:rsidRPr="00DE6728" w14:paraId="5CD31F07" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="4871E75F" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...127 lines deleted...]
-          <w:p w14:paraId="590B416D" w14:textId="2E7AB0D7" w:rsidR="00D37F02" w:rsidRDefault="00D37F02" w:rsidP="001F5D72">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="257EBE5E" w14:textId="0263F787" w:rsidR="005F2CA3" w:rsidRPr="004A1998" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6A6B" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C26ACBE" w14:textId="57423668" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6640" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16</w:t>
+            </w:r>
+            <w:r w:rsidR="0023131C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2-163</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A5F7461" w14:textId="222E1E68" w:rsidR="00AD6640" w:rsidRDefault="00AD6640" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE1A42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>84-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22808769" w14:textId="22018E57" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D78290" w14:textId="10FBB34A" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00601CBA">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B8A9B9" w14:textId="17AE9FF0" w:rsidR="00AD6640" w:rsidRPr="005F262A" w:rsidRDefault="00AD6640" w:rsidP="0023131C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04540F21" w14:textId="7F550241" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="0023131C" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="59"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...103 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="000C4916">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7 Multiple matching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="338E909F" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4EF248" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B1C226" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2EB0" w:rsidRPr="0053368F" w14:paraId="1888E41E" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="005F2CA3" w:rsidRPr="005F262A" w14:paraId="3EB2C408" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...148 lines deleted...]
-          <w:p w14:paraId="6F576403" w14:textId="4858530B" w:rsidR="004E2EB0" w:rsidRDefault="00A972DD" w:rsidP="001F5D72">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FC38C1" w14:textId="4FECE8DF" w:rsidR="005F2CA3" w:rsidRPr="004A1998" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6A6B" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="552AE554" w14:textId="5E514177" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6640" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16</w:t>
+            </w:r>
+            <w:r w:rsidR="000363D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74581976" w14:textId="6E494938" w:rsidR="00AD6640" w:rsidRDefault="00AD6640" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00925600" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E684D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D81B099" w14:textId="2A671ED8" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00402A47" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0360ADE9" w14:textId="722529D8" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="00F05F42" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="59"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...86 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>phrasal verbs for problems and solutions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFC6C55" w14:textId="767DAA72" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00AD6640">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D4C48F" w14:textId="59CA41B6" w:rsidR="00925600" w:rsidRPr="005F262A" w:rsidRDefault="00925600" w:rsidP="00F05F42">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CBAA02" w14:textId="213A6F3D" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="00F05F42">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3145E2DF" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="611D5E2D" w14:textId="77777777" w:rsidR="005F2CA3" w:rsidRPr="005F262A" w:rsidRDefault="005F2CA3" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2EB0" w:rsidRPr="0053368F" w14:paraId="55E58BDE" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="002E2E7B" w:rsidRPr="005F262A" w14:paraId="1346FE97" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...122 lines deleted...]
-          <w:p w14:paraId="0930F6B1" w14:textId="31DEE325" w:rsidR="002A328B" w:rsidRPr="002A328B" w:rsidRDefault="00034A47" w:rsidP="002A328B">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C102564" w14:textId="7C78CC4F" w:rsidR="002E2E7B" w:rsidRPr="004A1998" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1998" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7095482D" w14:textId="0C8AE521" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6640" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6640" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16</w:t>
+            </w:r>
+            <w:r w:rsidR="00F05F42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00106C03">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 228</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63F802BF" w14:textId="4784D929" w:rsidR="00AD6640" w:rsidRDefault="00AD6640" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC20E4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE1A42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>84, 86</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EE80A97" w14:textId="4B40F351" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00224636" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EB210B" w14:textId="2CEBD06D" w:rsidR="00AD6640" w:rsidRPr="005F262A" w:rsidRDefault="00AD6640" w:rsidP="00F05F42">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="555F62D6" w14:textId="63403E84" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="00F05F42" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="8"/>
+                <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...124 lines deleted...]
-            </w:r>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>reporting structures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="475F7C4A" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="353006D7" w14:textId="3F47D90E" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="00F05F42">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E83256C" w14:textId="2425EE3F" w:rsidR="00226FAB" w:rsidRPr="005F262A" w:rsidRDefault="00226FAB" w:rsidP="004F39F6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="583F665E" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066122C" w:rsidRPr="00496D94" w14:paraId="7500CD5A" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="002E2E7B" w:rsidRPr="005F262A" w14:paraId="22030377" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...187 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFD6DE1" w14:textId="4236652D" w:rsidR="002E2E7B" w:rsidRPr="004A1998" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1998" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2043CCC8" w14:textId="6F6D43E2" w:rsidR="00F740A2" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB</w:t>
+            </w:r>
+            <w:r w:rsidR="004F39F6" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000F4B18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004F39F6" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47911">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE20E0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000F4B18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">168, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE20E0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>203</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06598ED0" w14:textId="0EB8CF67" w:rsidR="00B91F8F" w:rsidRDefault="00B91F8F" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000F4B18">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 88</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DFCC509" w14:textId="2AABF203" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="751FD1BE" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="004F39F6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BE604E" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="004F39F6">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02817AF7" w14:textId="1DA4D33A" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="00142201" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Open cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4023CC" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRDefault="00D47911" w:rsidP="00B91F8F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C56F50D" w14:textId="31FAB167" w:rsidR="00C744BC" w:rsidRPr="00B91F8F" w:rsidRDefault="00B91F8F" w:rsidP="00B91F8F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Three-option multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F03CAB7" w14:textId="1BF17420" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="00EE20E0" w:rsidP="00D4490D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>stress timing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F84BAE6" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00486B86" w:rsidRPr="00DE6728" w14:paraId="19672157" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="002E2E7B" w:rsidRPr="005F262A" w14:paraId="22E0C40A" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...156 lines deleted...]
-          <w:p w14:paraId="333A6FBA" w14:textId="1461CD22" w:rsidR="00486B86" w:rsidRPr="00532AC2" w:rsidRDefault="00521390" w:rsidP="001F5D72">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B70FB14" w14:textId="5B981622" w:rsidR="002E2E7B" w:rsidRPr="004A1998" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1998" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A97E63F" w14:textId="0F848842" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB</w:t>
+            </w:r>
+            <w:r w:rsidR="004F39F6" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00820449">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="004F39F6" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="0051653F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>7, 230</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="765E17F2" w14:textId="6A6BF8DB" w:rsidR="004F39F6" w:rsidRDefault="004F39F6" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00820449">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00642F6F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA35D8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011C2B8A" w14:textId="15C345C4" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00224636" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BF02DC" w14:textId="02819752" w:rsidR="007503A9" w:rsidRPr="005F262A" w:rsidRDefault="0094033D" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="61"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="675BD1A1" w14:textId="77777777" w:rsidR="00E411D3" w:rsidRDefault="00E411D3" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English: colloquialisms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADD79F7" w14:textId="6C14AE93" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="00142201" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="60"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...93 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>reporting structures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9CC13A" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AD8AA6" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09ACE9D2" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4992E179" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB1DE5" w:rsidRPr="00DE6728" w14:paraId="0D9AAED0" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="002E2E7B" w:rsidRPr="005F262A" w14:paraId="0AAD0163" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...739 lines deleted...]
-          <w:p w14:paraId="04607E29" w14:textId="7FD42DA4" w:rsidR="00DB1DE5" w:rsidRPr="00167767" w:rsidRDefault="00B71C01" w:rsidP="00B71C01">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2329254E" w14:textId="377FB5B9" w:rsidR="002E2E7B" w:rsidRPr="004A1998" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1998" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1465EC3C" w14:textId="4B36E231" w:rsidR="002E2E7B" w:rsidRDefault="002E2E7B" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB</w:t>
+            </w:r>
+            <w:r w:rsidR="00642F6F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00820449">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00642F6F" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A29BD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">169, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C21FDC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>194, 200</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606DA588" w14:textId="13905C94" w:rsidR="00F740A2" w:rsidRDefault="00F740A2" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="00820449">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE5E8F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED5F53A" w14:textId="1F631E66" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="512D8B9C" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="00642F6F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B51BBD5" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="00642F6F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="699FC440" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3138BE57" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EAE971" w14:textId="77777777" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="002E2E7B" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="170A8C17" w14:textId="5BD374C9" w:rsidR="002E2E7B" w:rsidRPr="005F262A" w:rsidRDefault="00C21FDC" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...78 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Report</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB1DE5" w:rsidRPr="00B02E5B" w14:paraId="0BEADC00" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="00A7420A" w:rsidRPr="005F262A" w14:paraId="57D202F5" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...97 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ABB698" w14:textId="4BFE601C" w:rsidR="00A7420A" w:rsidRPr="004A1998" w:rsidRDefault="00A7420A" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 10</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1998" w:rsidRPr="004A1998">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1C3B27" w14:textId="76E54E2A" w:rsidR="00A7420A" w:rsidRPr="005F262A" w:rsidRDefault="00A7420A" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB</w:t>
+            </w:r>
+            <w:r w:rsidR="00F26B50" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F26B50" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B3FCA">
-[...62 lines deleted...]
-          <w:p w14:paraId="31E78734" w14:textId="74A488CC" w:rsidR="00511EFD" w:rsidRDefault="00511EFD" w:rsidP="001F5D72">
+            <w:r w:rsidR="00070D6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>170-172</w:t>
+            </w:r>
+            <w:r w:rsidR="00781FD4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45D8498A" w14:textId="55F4A67B" w:rsidR="00925600" w:rsidRDefault="00925600" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00376B45">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+            <w:r w:rsidR="00E077DF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 89</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D0988C" w14:textId="61790CD9" w:rsidR="00293869" w:rsidRDefault="00293869" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D5EB0D" w14:textId="51465618" w:rsidR="00A7420A" w:rsidRPr="005F262A" w:rsidRDefault="00A7420A" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 11 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC3AEBC" w14:textId="501EC6D9" w:rsidR="0095155A" w:rsidRDefault="00AC1A30" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="00A163AD" w14:textId="18E20506" w:rsidR="00DB1DE5" w:rsidRPr="00495B6E" w:rsidRDefault="002F5BA7" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00070D6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71EFEBF1" w14:textId="77777777" w:rsidR="00AC1A30" w:rsidRPr="001372BD" w:rsidRDefault="00AC1A30" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">idioms: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC1A30">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...54 lines deleted...]
-            </w:pPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>talk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC1A30">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>tell</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA7209F" w14:textId="36A32F24" w:rsidR="001372BD" w:rsidRPr="005F262A" w:rsidRDefault="001372BD" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>about English: sarcasm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9B57DD" w14:textId="071EA6DF" w:rsidR="00A7420A" w:rsidRPr="005F262A" w:rsidRDefault="00070D6D" w:rsidP="00070D6D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B88D45" w14:textId="77777777" w:rsidR="0098453B" w:rsidRDefault="00070D6D" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="00781FD4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4 Key word transformations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3586ACE7" w14:textId="20E5FB9B" w:rsidR="002E684D" w:rsidRPr="005F262A" w:rsidRDefault="002E684D" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00376B45">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Multiple-choice cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA3D7E3" w14:textId="434B6703" w:rsidR="00A7420A" w:rsidRPr="005F262A" w:rsidRDefault="00E077DF" w:rsidP="00B91F8F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Four-option multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9DDB42" w14:textId="24EC4EC6" w:rsidR="00A7420A" w:rsidRPr="005F262A" w:rsidRDefault="00A7420A" w:rsidP="00781FD4">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F14ADF" w14:textId="364DCC07" w:rsidR="0095155A" w:rsidRPr="005F262A" w:rsidRDefault="00781FD4" w:rsidP="003E3687">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Essay</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB1DE5" w:rsidRPr="00F502FE" w14:paraId="17E8438E" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w14:paraId="409E31F7" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:trHeight w:val="40"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D9B9C2" w14:textId="721DAF5B" w:rsidR="00AF4AA9" w:rsidRPr="00B62E42" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>UNIT 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B80FEF" w14:textId="7DB6B7E7" w:rsidR="00AF4AA9" w:rsidRPr="00B62E42" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOPICS &amp; VOCABULARY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A48101A" w14:textId="65BA10E0" w:rsidR="00AF4AA9" w:rsidRPr="00B62E42" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LANGUAGE FOCUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="299E8BD7" w14:textId="2E265A3C" w:rsidR="00AF4AA9" w:rsidRPr="00B62E42" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>READING &amp; USE OF ENGLISH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EBEB39" w14:textId="1060891D" w:rsidR="00AF4AA9" w:rsidRPr="00B62E42" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LISTENING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73ABA6B2" w14:textId="6278E4CA" w:rsidR="00AF4AA9" w:rsidRPr="00B62E42" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SPEAKING, PRONUNCIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B26F553" w14:textId="52EE0F9E" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="00E16117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62E42">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>WRITING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872C81" w:rsidRPr="005F262A" w14:paraId="327EB0F3" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...175 lines deleted...]
-          <w:p w14:paraId="24C263AE" w14:textId="7448429F" w:rsidR="003C06EB" w:rsidRDefault="003C06EB" w:rsidP="001F5D72">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223CCDF5" w14:textId="757C15CC" w:rsidR="00872C81" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 1</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620C7D57" w14:textId="25A39507" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003964C3" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A44356">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>173-</w:t>
+            </w:r>
+            <w:r w:rsidR="003964C3" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>175</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7FA6A6" w14:textId="0F98E6F1" w:rsidR="00EC5791" w:rsidRDefault="00EC5791" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0042375F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>92-93</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58C87705" w14:textId="0A1461CC" w:rsidR="00CD1405" w:rsidRPr="005F262A" w:rsidRDefault="00CD1405" w:rsidP="00CD1405">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8AE644" w14:textId="77777777" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00EC5791">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B0844F" w14:textId="77777777" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00EC5791">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D0C116" w14:textId="1D926FEE" w:rsidR="00872C81" w:rsidRPr="00A44356" w:rsidRDefault="00A44356" w:rsidP="00D4490D">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="62"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...758 lines deleted...]
-          <w:p w14:paraId="5A3F44BE" w14:textId="4006E980" w:rsidR="00224ADA" w:rsidRDefault="00AC5BAC" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r w:rsidR="004F70C1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8C4289" w14:textId="4D9DCFC4" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="00A44356">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E13791" w14:textId="4E2D1110" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00A44356" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1ABC9576" w14:textId="0A0C8D62" w:rsidR="001B1379" w:rsidRPr="00532AC2" w:rsidRDefault="00224ADA" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Interview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="531D9F8C" w14:textId="77777777" w:rsidR="00872C81" w:rsidRPr="005F262A" w:rsidRDefault="00872C81" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w14:paraId="0A1A1AF7" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBEB181" w14:textId="6798DB95" w:rsidR="00AF4AA9" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 1</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534FBAAC" w14:textId="77E06445" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC5791" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17</w:t>
+            </w:r>
+            <w:r w:rsidR="004F70C1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0ED7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 230</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C6A188D" w14:textId="76739829" w:rsidR="00EC5791" w:rsidRDefault="00EC5791" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002455AB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E4262D8" w14:textId="77777777" w:rsidR="00273D83" w:rsidRDefault="00CD6836" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E2E004" w14:textId="23D6AA73" w:rsidR="00CF6D5B" w:rsidRPr="005F262A" w:rsidRDefault="00CF6D5B" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B8EAAB" w14:textId="08E24779" w:rsidR="00EC5791" w:rsidRPr="005F262A" w:rsidRDefault="00EC5791" w:rsidP="004F70C1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0F8D91" w14:textId="3416E04A" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="006B0ED7" w:rsidP="004F70C1">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="6BEE83F0" w14:textId="77777777" w:rsidR="00593D7C" w:rsidRDefault="00593D7C" w:rsidP="00593D7C">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>participle clauses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB6DFA6" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58AEB367" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="412556ED" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50849A23" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6262" w:rsidRPr="005F262A" w14:paraId="0746B297" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23562473" w14:textId="49E0B3A6" w:rsidR="006C6262" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lesson 11</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CC990F" w14:textId="4BA148B7" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC5791" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00961649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>177-</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC5791" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>178</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AFCC69D" w14:textId="056F7D02" w:rsidR="00210172" w:rsidRDefault="00210172" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002455AB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1109F984" w14:textId="5AC91DB8" w:rsidR="00273D83" w:rsidRPr="005F262A" w:rsidRDefault="00CD6836" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B5F7FF" w14:textId="4C04C39B" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="00961649" w:rsidP="00961649">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...192 lines deleted...]
-          <w:p w14:paraId="438DC7DE" w14:textId="0CEBC2CD" w:rsidR="001B1379" w:rsidRPr="00532AC2" w:rsidRDefault="00022769" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>health and fitness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF7D092" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00EC5791">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37095033" w14:textId="7DC274BC" w:rsidR="00EC5791" w:rsidRPr="005F262A" w:rsidRDefault="00EC5791" w:rsidP="00961649">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B56823A" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CED2C5" w14:textId="55290E56" w:rsidR="006C6262" w:rsidRPr="00961649" w:rsidRDefault="00D4490D" w:rsidP="00961649">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="14654480" w14:textId="77777777" w:rsidR="001B1379" w:rsidRDefault="002E2065" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Long turn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5978B864" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w14:paraId="781F854F" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0579F0CD" w14:textId="023BCE09" w:rsidR="00AF4AA9" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 11</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DF4371D" w14:textId="211B781E" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC5791" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00740DB6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>79, 232</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72038A04" w14:textId="35DBC7D4" w:rsidR="00EC5791" w:rsidRDefault="00EC5791" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002455AB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5957841B" w14:textId="443C5D03" w:rsidR="00273D83" w:rsidRPr="005F262A" w:rsidRDefault="00CD6836" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D73D7B4" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="00EC5791">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3026CA57" w14:textId="1D693E4B" w:rsidR="001A0F11" w:rsidRPr="005F262A" w:rsidRDefault="00740DB6" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="31396CC9" w14:textId="5484485F" w:rsidR="005A596D" w:rsidRPr="00532AC2" w:rsidRDefault="005A596D" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>verb patterns</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2D3D0D" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="718C0691" w14:textId="6671F27B" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="004C1BD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E4E9A1" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE39032" w14:textId="77777777" w:rsidR="00AF4AA9" w:rsidRPr="005F262A" w:rsidRDefault="00AF4AA9" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6262" w:rsidRPr="005F262A" w14:paraId="16B247C5" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D971C8" w14:textId="1C64AA1A" w:rsidR="006C6262" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 11</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B15ED2A" w14:textId="4B8DDAF2" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B644C8" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1BD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F376A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>193</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0B69B2" w14:textId="1C1541F8" w:rsidR="00B644C8" w:rsidRDefault="00B644C8" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6FE4" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F732B4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>98-99</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44B34DA7" w14:textId="1D20181D" w:rsidR="00273D83" w:rsidRPr="005F262A" w:rsidRDefault="00273D83" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB6E9EB" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00B644C8">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D38A593" w14:textId="3D66BFFA" w:rsidR="00B644C8" w:rsidRPr="005F262A" w:rsidRDefault="00B644C8" w:rsidP="004C1BD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6134E3FF" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="451BA78C" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F76DA4" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4147C7" w14:textId="77777777" w:rsidR="006C6262" w:rsidRDefault="004C1BD5" w:rsidP="004C1BD5">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="030F2C65" w14:textId="3BA47790" w:rsidR="001B1379" w:rsidRPr="00532AC2" w:rsidRDefault="0093079C" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Letter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F3606DE" w14:textId="7C042015" w:rsidR="00AC51BE" w:rsidRPr="004C1BD5" w:rsidRDefault="00AC51BE" w:rsidP="004C1BD5">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-              <w:t>making inferences</w:t>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Informal letter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B1379" w:rsidRPr="004B50FD" w14:paraId="020C464E" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="006C6262" w:rsidRPr="005F262A" w14:paraId="5EAB97F2" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...168 lines deleted...]
-          <w:p w14:paraId="37466523" w14:textId="77777777" w:rsidR="00CE3A8D" w:rsidRDefault="00CE3A8D" w:rsidP="001F5D72">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443DBE0F" w14:textId="5B7228F6" w:rsidR="006C6262" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 11</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00BD067E" w14:textId="7805BD98" w:rsidR="0030647C" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="0030647C" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1EBB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1-183</w:t>
+            </w:r>
+            <w:r w:rsidR="0030647C" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79148BC8" w14:textId="00134763" w:rsidR="00273D83" w:rsidRPr="005F262A" w:rsidRDefault="00273D83" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="244370BE" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="0030647C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A48F0E1" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="0030647C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4DC8FE" w14:textId="40C417C3" w:rsidR="0030647C" w:rsidRPr="005F262A" w:rsidRDefault="007148A1" w:rsidP="007148A1">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="64B7CBD7" w14:textId="77777777" w:rsidR="001B1379" w:rsidRDefault="00CE3A8D" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Multiple-choice cloze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2224AFA3" w14:textId="2A5D7F37" w:rsidR="006C6262" w:rsidRPr="008B1EBB" w:rsidRDefault="008B1EBB" w:rsidP="008B1EBB">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="038C6C37" w14:textId="72D88FA0" w:rsidR="005468D0" w:rsidRPr="00532AC2" w:rsidRDefault="004B50FD" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7472C153" w14:textId="534DD9CE" w:rsidR="006C6262" w:rsidRPr="007148A1" w:rsidRDefault="007148A1" w:rsidP="007148A1">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="55170E62" w14:textId="77777777" w:rsidR="006B35DD" w:rsidRDefault="006B35DD" w:rsidP="006B35DD">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>reading between the lines</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716F876F" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6262" w:rsidRPr="005F262A" w14:paraId="78217CA6" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C340543" w14:textId="4D689888" w:rsidR="006C6262" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 11</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038AE8E4" w14:textId="0F47603D" w:rsidR="00E355D0" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1607" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18</w:t>
+            </w:r>
+            <w:r w:rsidR="00E355D0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-183 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581C2131" w14:textId="4043CCEA" w:rsidR="00AD1607" w:rsidRDefault="00AD1607" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002455AB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="478745C3" w14:textId="77777777" w:rsidR="00273D83" w:rsidRDefault="00CD6836" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Sts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> App</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32323F5E" w14:textId="2B8C35AA" w:rsidR="00695D93" w:rsidRPr="005F262A" w:rsidRDefault="00695D93" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TRC worksheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB5C7F9" w14:textId="0A82C781" w:rsidR="00AD1607" w:rsidRPr="005F262A" w:rsidRDefault="00B02A8F" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3D202DC2" w14:textId="708FAEB9" w:rsidR="001B1379" w:rsidRPr="00532AC2" w:rsidRDefault="006B35DD" w:rsidP="006B35DD">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>multi-word verbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C57897" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00AD1607">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B03097" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4044F4E3" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30736EC0" w14:textId="0BA09F23" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00B02A8F">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="576C7DC3" w14:textId="53AC14A3" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="007148A1">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6262" w:rsidRPr="005F262A" w14:paraId="06364081" w14:textId="77777777" w:rsidTr="00690109">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44555B0A" w14:textId="3F080BD1" w:rsidR="006C6262" w:rsidRPr="008E02AA" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 11</w:t>
+            </w:r>
+            <w:r w:rsidR="008E02AA" w:rsidRPr="008E02AA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00F74F97">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>-118</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0651DAC0" w14:textId="0419152A" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="002C5915" w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4DBD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4-186</w:t>
+            </w:r>
+            <w:r w:rsidR="00D36A7A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 194</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597D5B2B" w14:textId="514D8BCD" w:rsidR="00210172" w:rsidRDefault="00210172" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>WB pg</w:t>
+            </w:r>
+            <w:r w:rsidR="000E693C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00765B51">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC51BE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, 97</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="287CD6F2" w14:textId="2A5CFEA9" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>(TRC unit 12 test – optional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5125029A" w14:textId="6C97D4E5" w:rsidR="002C5915" w:rsidRDefault="00D36A7A" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...220 lines deleted...]
-          <w:p w14:paraId="569DDAA9" w14:textId="31540906" w:rsidR="001B1379" w:rsidRPr="00532AC2" w:rsidRDefault="006B35DD" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="009579C6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA4AA53" w14:textId="77777777" w:rsidR="00D36A7A" w:rsidRDefault="00D36A7A" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="73940DF9" w14:textId="77777777" w:rsidR="001B1379" w:rsidRDefault="006A2C03" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>idioms: sports</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="584ED529" w14:textId="062451AC" w:rsidR="00B76B14" w:rsidRPr="005F262A" w:rsidRDefault="00B76B14" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="00DA72B8" w14:textId="1D0BFECC" w:rsidR="005A596D" w:rsidRPr="00532AC2" w:rsidRDefault="005A596D" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">about English: idioms </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1CD2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>and metaphorical meanings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6354582A" w14:textId="4D32704D" w:rsidR="002C5915" w:rsidRPr="005F262A" w:rsidRDefault="009579C6" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...442 lines deleted...]
-          <w:p w14:paraId="380A065B" w14:textId="4291F31D" w:rsidR="00F075D8" w:rsidRDefault="007E7641" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A6BB78" w14:textId="77777777" w:rsidR="006C6262" w:rsidRDefault="009579C6" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="2CB5C261" w14:textId="111B9747" w:rsidR="005127A5" w:rsidRDefault="00CC4151" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 4 Key word transformations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35C72E08" w14:textId="7885DCCE" w:rsidR="009579C6" w:rsidRPr="005F262A" w:rsidRDefault="009579C6" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="58E89669" w14:textId="77777777" w:rsidR="002F785C" w:rsidRDefault="00C86DE4" w:rsidP="001F5D72">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 3 Word formation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="353DBC87" w14:textId="24A24134" w:rsidR="006C6262" w:rsidRPr="00447772" w:rsidRDefault="00447772" w:rsidP="00447772">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="0071F263" w14:textId="0B7C3D72" w:rsidR="00D22873" w:rsidRPr="00C86DE4" w:rsidRDefault="00D22873" w:rsidP="001F5D72">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 1 Three-option multiple choice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7655CC" w14:textId="326DEEF2" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00D36A7A">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C622EB" w14:textId="6FCE14E4" w:rsidR="002C5915" w:rsidRPr="005F262A" w:rsidRDefault="00D36A7A" w:rsidP="003E3687">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...30 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Part 2 Report</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F0CA2" w:rsidRPr="00532AC2" w14:paraId="2713743C" w14:textId="77777777" w:rsidTr="007F6652">
+      <w:tr w:rsidR="006C6262" w:rsidRPr="005F262A" w14:paraId="58A3DC0B" w14:textId="77777777" w:rsidTr="00690109">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1232" w:type="dxa"/>
-[...98 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8E04E8" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="00B90E5D" w:rsidRDefault="006C6262" w:rsidP="00022809">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B90E5D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lesson 119-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1514D9" w14:textId="77777777" w:rsidR="00BD2405" w:rsidRDefault="006C6262" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEST </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2405">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>End-of-Year</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A7FDAAC" w14:textId="1DA20342" w:rsidR="00273D83" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="00273D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F262A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>TRC</w:t>
             </w:r>
-          </w:p>
-[...170 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00BD2405">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F4BFBF" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006C6262">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="196CABE6" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006C6262">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="790B6227" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C17CEF" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE2C5F3" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD0CF0D" w14:textId="77777777" w:rsidR="006C6262" w:rsidRPr="005F262A" w:rsidRDefault="006C6262" w:rsidP="006A5BDF">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019690C" w:rsidRPr="00532AC2" w14:paraId="574C5950" w14:textId="77777777" w:rsidTr="007F6652">
-[...11763 lines deleted...]
-      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="601C9536" w14:textId="77777777" w:rsidR="00247222" w:rsidRPr="00DE6728" w:rsidRDefault="00247222" w:rsidP="00247222">
+    <w:p w14:paraId="601C9536" w14:textId="77777777" w:rsidR="00247222" w:rsidRPr="0094443C" w:rsidRDefault="00247222" w:rsidP="0093472C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00247222" w:rsidRPr="00DE6728" w:rsidSect="009A7D73">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00247222" w:rsidRPr="0094443C" w:rsidSect="00831FB6">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73203620" w14:textId="77777777" w:rsidR="009731DB" w:rsidRDefault="009731DB" w:rsidP="00E24A8B">
+    <w:p w14:paraId="50E301AA" w14:textId="77777777" w:rsidR="00726EBE" w:rsidRDefault="00726EBE" w:rsidP="00726EBE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="087B17F6" w14:textId="77777777" w:rsidR="009731DB" w:rsidRDefault="009731DB" w:rsidP="00E24A8B">
+    <w:p w14:paraId="21719981" w14:textId="77777777" w:rsidR="00726EBE" w:rsidRDefault="00726EBE" w:rsidP="00726EBE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -18716,1359 +25940,1315 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1666A087" w14:textId="6CB9154C" w:rsidR="00E24A8B" w:rsidRPr="00AC12AC" w:rsidRDefault="00AC12AC" w:rsidP="00AC12AC">
+  <w:p w14:paraId="1B401510" w14:textId="04F7E965" w:rsidR="00860514" w:rsidRPr="00FA0CAC" w:rsidRDefault="00860514" w:rsidP="00860514">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
-      <w:rPr>
-[...16 lines deleted...]
-      <w:t>rd</w:t>
+      <w:t>Ready For C2 Proficiency</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> –</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...7 lines deleted...]
-      </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="001C3109">
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve">© Macmillan </w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve">Education </w:t>
     </w:r>
     <w:r w:rsidRPr="001C3109">
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:t>4</w:t>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="593E9949" w14:textId="7660568F" w:rsidR="00860514" w:rsidRDefault="00860514">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="00157C12" w14:textId="1D2CC2EC" w:rsidR="00726EBE" w:rsidRDefault="00726EBE">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C96D5DB" w14:textId="77777777" w:rsidR="009731DB" w:rsidRDefault="009731DB" w:rsidP="00E24A8B">
+    <w:p w14:paraId="1BAA9BD4" w14:textId="77777777" w:rsidR="00726EBE" w:rsidRDefault="00726EBE" w:rsidP="00726EBE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FE51BA0" w14:textId="77777777" w:rsidR="009731DB" w:rsidRDefault="009731DB" w:rsidP="00E24A8B">
+    <w:p w14:paraId="485A3E72" w14:textId="77777777" w:rsidR="00726EBE" w:rsidRDefault="00726EBE" w:rsidP="00726EBE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="607A4328" w14:textId="5743F1FE" w:rsidR="00E3785F" w:rsidRDefault="00E3785F" w:rsidP="00F502FE">
+  <w:p w14:paraId="266028E2" w14:textId="0E82ADF4" w:rsidR="00860514" w:rsidRDefault="00860514" w:rsidP="00860514">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B90F2D7" wp14:editId="12C102C4">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4658279B" wp14:editId="3EF44777">
           <wp:extent cx="1361569" cy="555054"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Obraz 1" descr="Obraz zawierający Czcionka, logo, tekst, Grafika&#10;&#10;Opis wygenerowany automatycznie"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Obraz 1" descr="Obraz zawierający Czcionka, logo, tekst, Grafika&#10;&#10;Opis wygenerowany automatycznie"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1385975" cy="565003"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="024653B0"/>
+    <w:nsid w:val="01DF661D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9BCC8E7A"/>
-    <w:lvl w:ilvl="0" w:tplc="0415000D">
+    <w:tmpl w:val="7B3668E6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="024828D7"/>
+    <w:nsid w:val="022C6E03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D89A0804"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="8730D6FC"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04F67EA4"/>
+    <w:nsid w:val="04CC3EDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7BE68688"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="9CE6AF7A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08FE361C"/>
+    <w:nsid w:val="06092DBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="079E9EF0"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="83BC6514"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C2A6463"/>
+    <w:nsid w:val="074D563A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="043E26EA"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="FA505EB4"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10B40999"/>
+    <w:nsid w:val="0772529B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="24A08A92"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="0FE883AC"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12742430"/>
+    <w:nsid w:val="093C7F3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0A5CCE2E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="4DCC0BA6"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13363070"/>
+    <w:nsid w:val="098D104E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6AC0C806"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="78887C7E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17401FF8"/>
+    <w:nsid w:val="0A0350FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="63B452F8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="39167292"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="217D6516"/>
+    <w:nsid w:val="0A5933DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A392AA20"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="C1E88526"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="227F2715"/>
+    <w:nsid w:val="0AD3634A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0478D958"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="AB1E150A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -20131,283 +27311,283 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="244066FB"/>
+    <w:nsid w:val="0E6C6882"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DD60412E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="61C2AE18"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="246F686B"/>
+    <w:nsid w:val="11645C5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="33E2B4FA"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="BD6A1E9A"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28B01F44"/>
+    <w:nsid w:val="11E94894"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3DAE91B0"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="41526DB6"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -20470,1413 +27650,1413 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2BBA4770"/>
+    <w:nsid w:val="12074FF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B33A546C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="7A3CC390"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2BBC10A4"/>
+    <w:nsid w:val="129E77BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FC4A50BC"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="31060EB0"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2CF14C76"/>
+    <w:nsid w:val="12D63C81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4352EDF2"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="229C2DAC"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D13637E"/>
+    <w:nsid w:val="14344610"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F0E4171C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="7E98EFBE"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E7A4459"/>
+    <w:nsid w:val="145658B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2CC2607C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="057231F6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="300F65F3"/>
+    <w:nsid w:val="156A2C4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B0C2A244"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="A10E4858"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34E86704"/>
+    <w:nsid w:val="17460F43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F6BE75CA"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="70C00D74"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3FB07E03"/>
+    <w:nsid w:val="19132D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0D04D632"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="A56A4D3E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40C91F5C"/>
+    <w:nsid w:val="19940678"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AE0A2512"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="5458271E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="422E15BC"/>
+    <w:nsid w:val="1A3E64B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="178252B4"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="8B6EA478"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="42531EC2"/>
+    <w:nsid w:val="201615DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="94A6309C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="9B382726"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="431A73C1"/>
+    <w:nsid w:val="215A32EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C5969456"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="BA48DB9E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4AB42A83"/>
+    <w:nsid w:val="21AB426C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2CAE9DD6"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="05BC53D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -21939,396 +29119,396 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4B750F52"/>
+    <w:nsid w:val="248C5189"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F5C65740"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="5754824C"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4BAD7CDC"/>
+    <w:nsid w:val="25ED24A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BCE63B74"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="8AA2F756"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="54F62B05"/>
+    <w:nsid w:val="274A718F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BD34F966"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="B7469BF0"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5701187A"/>
+    <w:nsid w:val="274E196A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B3A0A702"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="54AE2A5A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -22391,170 +29571,170 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5A7D39C4"/>
+    <w:nsid w:val="284761E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BF34A156"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="F9942642"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="617C219E"/>
+    <w:nsid w:val="2A5E1F9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4BDEF768"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="2A5C5AD8"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -22617,170 +29797,170 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="61AA12B6"/>
+    <w:nsid w:val="2D351917"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="01F0D4AE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="A2FAFF42"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="670D2B2E"/>
+    <w:nsid w:val="2F4D4AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8E8E80BA"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="A3628314"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -22843,57 +30023,57 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="672D6F05"/>
+    <w:nsid w:val="333957B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="97F4D166"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="63EE1436"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -22956,961 +30136,961 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="67E222EA"/>
+    <w:nsid w:val="36C616D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="26062A98"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="B17C80AC"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6A0D4579"/>
+    <w:nsid w:val="376C5B5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="023ADEFE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="90CECF7C"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6C6D6237"/>
+    <w:nsid w:val="392629DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4E1E4D0A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="A0BCCED4"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6CFB290A"/>
+    <w:nsid w:val="43A41E6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="602E1BD8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="9912E414"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6F3D34B3"/>
+    <w:nsid w:val="43D20262"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8B50F4FC"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="172073CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="74C85BDA"/>
+    <w:nsid w:val="44D01345"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="47CA5C72"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="C46050B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="77571666"/>
+    <w:nsid w:val="46BB35A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FA2C1710"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="210C1338"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="78A22BC1"/>
+    <w:nsid w:val="47DD3DAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6A083B00"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="6F382D5E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E777A59"/>
+    <w:nsid w:val="4A445642"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AA2A8956"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="B514480A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -23973,57 +31153,57 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7F372FA2"/>
+    <w:nsid w:val="4BA074C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3F3A070A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="D0C80360"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -24085,784 +31265,3113 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="586351960">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C7E3030"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12A8194E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58A0464B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4CAFB02"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59E27326"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A688574C"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E011891"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EBA24BB0"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F492F73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="76589FD2"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="605C648B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="59F806D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68E91089"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D696F4BE"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E283FE0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7660A050"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FBA0B83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E10C4C94"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="732D4DC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CA222530"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73D156DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="89FC32CA"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76572ED5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99CEEA72"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76BD06ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E026BF14"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78C33382"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96FA8210"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C97114B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4140B9CE"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FA41490"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="56D8FF82"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1306623775">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="424762514">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="95443535">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1409842518">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1833642587">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="646590293">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="576550942">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="32584768">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1646423111">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1122924059">
+  <w:num w:numId="10" w16cid:durableId="1215391272">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="989748058">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="328681407">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="20253988">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1500341878">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2002462174">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1395201080">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1004941004">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="7216187">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="154340741">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1371029770">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1221677168">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="844629555">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1548957686">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="265237406">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1461922015">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="119149605">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2061860390">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1425539923">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2012175141">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1450933056">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="973830855">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2029335065">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1212814416">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1042097679">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1916697471">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2110612692">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="836266283">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1582376675">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1239363593">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1840463859">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="819735441">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1407995652">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1499035962">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="674840419">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="2123958545">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1856843803">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="170804992">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1297757876">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="752505960">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="757288609">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1722290024">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="349257497">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1953852726">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1511480869">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="1835873176">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="432239827">
-[...8 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="1326278949">
+  <w:num w:numId="56" w16cid:durableId="1376352364">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1502744019">
+  <w:num w:numId="57" w16cid:durableId="1161507559">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="461195335">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="1494449765">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1927303671">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="2029453489">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2008708927">
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="62" w16cid:durableId="1970477269">
+    <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1863280960">
-[...116 lines deleted...]
-  <w:numIdMacAtCleanup w:val="35"/>
+  <w:numIdMacAtCleanup w:val="62"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00434D0E"/>
-    <w:rsid w:val="00005BE3"/>
-[...44 lines deleted...]
-    <w:rsid w:val="0019690C"/>
+    <w:rsid w:val="0000692A"/>
+    <w:rsid w:val="00011FFD"/>
+    <w:rsid w:val="00012758"/>
+    <w:rsid w:val="00012CEF"/>
+    <w:rsid w:val="00013120"/>
+    <w:rsid w:val="00015582"/>
+    <w:rsid w:val="0001668C"/>
+    <w:rsid w:val="00022809"/>
+    <w:rsid w:val="00024D46"/>
+    <w:rsid w:val="00031540"/>
+    <w:rsid w:val="00031742"/>
+    <w:rsid w:val="00031D89"/>
+    <w:rsid w:val="000327F4"/>
+    <w:rsid w:val="00032DD7"/>
+    <w:rsid w:val="00033F8E"/>
+    <w:rsid w:val="00035D81"/>
+    <w:rsid w:val="000363D1"/>
+    <w:rsid w:val="00040769"/>
+    <w:rsid w:val="000411A3"/>
+    <w:rsid w:val="000607B5"/>
+    <w:rsid w:val="00060A84"/>
+    <w:rsid w:val="000612DA"/>
+    <w:rsid w:val="000654E6"/>
+    <w:rsid w:val="000665CB"/>
+    <w:rsid w:val="000677CA"/>
+    <w:rsid w:val="00070D6D"/>
+    <w:rsid w:val="0007135C"/>
+    <w:rsid w:val="0007586A"/>
+    <w:rsid w:val="00076D27"/>
+    <w:rsid w:val="000931BA"/>
+    <w:rsid w:val="00093C20"/>
+    <w:rsid w:val="00096AAC"/>
+    <w:rsid w:val="00096AE0"/>
+    <w:rsid w:val="000A0582"/>
+    <w:rsid w:val="000A0808"/>
+    <w:rsid w:val="000A0F1E"/>
+    <w:rsid w:val="000A129E"/>
+    <w:rsid w:val="000A1E88"/>
+    <w:rsid w:val="000A3BB0"/>
+    <w:rsid w:val="000A3FD0"/>
+    <w:rsid w:val="000A4A64"/>
+    <w:rsid w:val="000A75F1"/>
+    <w:rsid w:val="000B2B82"/>
+    <w:rsid w:val="000B3050"/>
+    <w:rsid w:val="000C4162"/>
+    <w:rsid w:val="000C42FB"/>
+    <w:rsid w:val="000C4916"/>
+    <w:rsid w:val="000C5C7C"/>
+    <w:rsid w:val="000C650A"/>
+    <w:rsid w:val="000D0D93"/>
+    <w:rsid w:val="000D17D5"/>
+    <w:rsid w:val="000D1D8B"/>
+    <w:rsid w:val="000D2D2B"/>
+    <w:rsid w:val="000D38E1"/>
+    <w:rsid w:val="000D42BA"/>
+    <w:rsid w:val="000D49D5"/>
+    <w:rsid w:val="000E1312"/>
+    <w:rsid w:val="000E39A3"/>
+    <w:rsid w:val="000E4E72"/>
+    <w:rsid w:val="000E693C"/>
+    <w:rsid w:val="000F0EBF"/>
+    <w:rsid w:val="000F20D8"/>
+    <w:rsid w:val="000F49B7"/>
+    <w:rsid w:val="000F4B18"/>
+    <w:rsid w:val="000F7CFA"/>
+    <w:rsid w:val="001033BE"/>
+    <w:rsid w:val="00106C03"/>
+    <w:rsid w:val="00107E12"/>
+    <w:rsid w:val="00110D83"/>
+    <w:rsid w:val="00111A14"/>
+    <w:rsid w:val="00112A0F"/>
+    <w:rsid w:val="0011370A"/>
+    <w:rsid w:val="00113AFD"/>
+    <w:rsid w:val="00116A2A"/>
+    <w:rsid w:val="001173CF"/>
+    <w:rsid w:val="0012137F"/>
+    <w:rsid w:val="00123815"/>
+    <w:rsid w:val="0012540E"/>
+    <w:rsid w:val="00126A72"/>
+    <w:rsid w:val="0013207C"/>
+    <w:rsid w:val="001371B6"/>
+    <w:rsid w:val="001372BD"/>
+    <w:rsid w:val="00142201"/>
+    <w:rsid w:val="0014288D"/>
+    <w:rsid w:val="0014387D"/>
+    <w:rsid w:val="00143A5F"/>
+    <w:rsid w:val="00143E7E"/>
+    <w:rsid w:val="0015069C"/>
+    <w:rsid w:val="00150871"/>
+    <w:rsid w:val="001552AF"/>
+    <w:rsid w:val="0015659B"/>
+    <w:rsid w:val="00163864"/>
+    <w:rsid w:val="0016731E"/>
+    <w:rsid w:val="00181FD1"/>
+    <w:rsid w:val="00182279"/>
+    <w:rsid w:val="00184328"/>
+    <w:rsid w:val="0019477B"/>
+    <w:rsid w:val="001952EC"/>
+    <w:rsid w:val="001956E0"/>
+    <w:rsid w:val="00197481"/>
+    <w:rsid w:val="001A0F11"/>
     <w:rsid w:val="001A255E"/>
-    <w:rsid w:val="001A69CF"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00240FF7"/>
+    <w:rsid w:val="001A35D6"/>
+    <w:rsid w:val="001A3670"/>
+    <w:rsid w:val="001A3930"/>
+    <w:rsid w:val="001A52B9"/>
+    <w:rsid w:val="001A6C31"/>
+    <w:rsid w:val="001B0549"/>
+    <w:rsid w:val="001B22F0"/>
+    <w:rsid w:val="001B5DB8"/>
+    <w:rsid w:val="001C134C"/>
+    <w:rsid w:val="001C2CB9"/>
+    <w:rsid w:val="001C42E0"/>
+    <w:rsid w:val="001C4D9B"/>
+    <w:rsid w:val="001C6BA9"/>
+    <w:rsid w:val="001C6F72"/>
+    <w:rsid w:val="001C7ED6"/>
+    <w:rsid w:val="001D0067"/>
+    <w:rsid w:val="001D3635"/>
+    <w:rsid w:val="001D5610"/>
+    <w:rsid w:val="001D5E35"/>
+    <w:rsid w:val="001E5AB7"/>
+    <w:rsid w:val="001E6503"/>
+    <w:rsid w:val="001F2CC1"/>
+    <w:rsid w:val="001F5820"/>
+    <w:rsid w:val="001F67F5"/>
+    <w:rsid w:val="002041D7"/>
+    <w:rsid w:val="002042A2"/>
+    <w:rsid w:val="00204EEA"/>
+    <w:rsid w:val="00205A21"/>
+    <w:rsid w:val="00207FB6"/>
+    <w:rsid w:val="00210172"/>
+    <w:rsid w:val="00210560"/>
+    <w:rsid w:val="002136E1"/>
+    <w:rsid w:val="00214734"/>
+    <w:rsid w:val="00215741"/>
+    <w:rsid w:val="002244E0"/>
+    <w:rsid w:val="00224636"/>
+    <w:rsid w:val="0022678E"/>
+    <w:rsid w:val="002269AA"/>
+    <w:rsid w:val="00226FAB"/>
+    <w:rsid w:val="0023131C"/>
+    <w:rsid w:val="002328D9"/>
+    <w:rsid w:val="00235D50"/>
+    <w:rsid w:val="0024141D"/>
+    <w:rsid w:val="002455AB"/>
+    <w:rsid w:val="00245855"/>
     <w:rsid w:val="00247222"/>
+    <w:rsid w:val="00250082"/>
     <w:rsid w:val="0025249E"/>
-    <w:rsid w:val="00255912"/>
+    <w:rsid w:val="00253FE8"/>
+    <w:rsid w:val="00254DEE"/>
     <w:rsid w:val="00255D37"/>
-    <w:rsid w:val="002643FA"/>
-[...8 lines deleted...]
-    <w:rsid w:val="002D0718"/>
+    <w:rsid w:val="002627B7"/>
+    <w:rsid w:val="00264C2F"/>
+    <w:rsid w:val="0026516E"/>
+    <w:rsid w:val="002730B5"/>
+    <w:rsid w:val="00273D83"/>
+    <w:rsid w:val="00274FA2"/>
+    <w:rsid w:val="002757FD"/>
+    <w:rsid w:val="00277EF5"/>
+    <w:rsid w:val="00280759"/>
+    <w:rsid w:val="002812B9"/>
+    <w:rsid w:val="0028234C"/>
+    <w:rsid w:val="00282EC9"/>
+    <w:rsid w:val="00283612"/>
+    <w:rsid w:val="00285117"/>
+    <w:rsid w:val="002931E5"/>
+    <w:rsid w:val="00293869"/>
+    <w:rsid w:val="0029563E"/>
+    <w:rsid w:val="002A167B"/>
+    <w:rsid w:val="002A3182"/>
+    <w:rsid w:val="002A3EC1"/>
+    <w:rsid w:val="002A7411"/>
+    <w:rsid w:val="002B0638"/>
+    <w:rsid w:val="002B4200"/>
+    <w:rsid w:val="002B4450"/>
+    <w:rsid w:val="002B45EF"/>
+    <w:rsid w:val="002C1720"/>
+    <w:rsid w:val="002C398F"/>
+    <w:rsid w:val="002C472A"/>
+    <w:rsid w:val="002C48F5"/>
+    <w:rsid w:val="002C5397"/>
+    <w:rsid w:val="002C5915"/>
+    <w:rsid w:val="002C6317"/>
+    <w:rsid w:val="002D092A"/>
+    <w:rsid w:val="002D400F"/>
     <w:rsid w:val="002D6CA5"/>
-    <w:rsid w:val="002E151A"/>
-[...29 lines deleted...]
-    <w:rsid w:val="003C41A8"/>
+    <w:rsid w:val="002E0A40"/>
+    <w:rsid w:val="002E2B94"/>
+    <w:rsid w:val="002E2E7B"/>
+    <w:rsid w:val="002E57E1"/>
+    <w:rsid w:val="002E5944"/>
+    <w:rsid w:val="002E6400"/>
+    <w:rsid w:val="002E684D"/>
+    <w:rsid w:val="002E6BCE"/>
+    <w:rsid w:val="002E6D24"/>
+    <w:rsid w:val="002F11E8"/>
+    <w:rsid w:val="002F3583"/>
+    <w:rsid w:val="002F5B1D"/>
+    <w:rsid w:val="002F5FFB"/>
+    <w:rsid w:val="002F7830"/>
+    <w:rsid w:val="002F7AB8"/>
+    <w:rsid w:val="0030420F"/>
+    <w:rsid w:val="0030647C"/>
+    <w:rsid w:val="00310364"/>
+    <w:rsid w:val="0031190E"/>
+    <w:rsid w:val="00315428"/>
+    <w:rsid w:val="00315645"/>
+    <w:rsid w:val="00322373"/>
+    <w:rsid w:val="0032321C"/>
+    <w:rsid w:val="00325F15"/>
+    <w:rsid w:val="00327649"/>
+    <w:rsid w:val="003304A4"/>
+    <w:rsid w:val="003308FA"/>
+    <w:rsid w:val="00334D18"/>
+    <w:rsid w:val="00340098"/>
+    <w:rsid w:val="00340872"/>
+    <w:rsid w:val="00340A72"/>
+    <w:rsid w:val="00342DBF"/>
+    <w:rsid w:val="003454B2"/>
+    <w:rsid w:val="003458D8"/>
+    <w:rsid w:val="00347E05"/>
+    <w:rsid w:val="00351BD1"/>
+    <w:rsid w:val="003521B7"/>
+    <w:rsid w:val="00354B7F"/>
+    <w:rsid w:val="003561FB"/>
+    <w:rsid w:val="003575C0"/>
+    <w:rsid w:val="00361DF3"/>
+    <w:rsid w:val="00362058"/>
+    <w:rsid w:val="00366F7F"/>
+    <w:rsid w:val="00367E25"/>
+    <w:rsid w:val="00370E71"/>
+    <w:rsid w:val="00371107"/>
+    <w:rsid w:val="00375017"/>
+    <w:rsid w:val="00376B45"/>
+    <w:rsid w:val="00377430"/>
+    <w:rsid w:val="00381066"/>
+    <w:rsid w:val="00383895"/>
+    <w:rsid w:val="0038422E"/>
+    <w:rsid w:val="003873DF"/>
+    <w:rsid w:val="003911C5"/>
+    <w:rsid w:val="0039333D"/>
+    <w:rsid w:val="0039437D"/>
+    <w:rsid w:val="00395508"/>
+    <w:rsid w:val="00395BA7"/>
+    <w:rsid w:val="003964C3"/>
+    <w:rsid w:val="003965A4"/>
+    <w:rsid w:val="003A44B3"/>
+    <w:rsid w:val="003A64B1"/>
+    <w:rsid w:val="003B052B"/>
+    <w:rsid w:val="003B3059"/>
+    <w:rsid w:val="003B30DF"/>
+    <w:rsid w:val="003C5789"/>
     <w:rsid w:val="003C5A7D"/>
-    <w:rsid w:val="003C7D4E"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00433902"/>
+    <w:rsid w:val="003C6D06"/>
+    <w:rsid w:val="003D01C5"/>
+    <w:rsid w:val="003D26D3"/>
+    <w:rsid w:val="003D3E31"/>
+    <w:rsid w:val="003D7E3A"/>
+    <w:rsid w:val="003E176B"/>
+    <w:rsid w:val="003E3687"/>
+    <w:rsid w:val="003F24D9"/>
+    <w:rsid w:val="003F3263"/>
+    <w:rsid w:val="00400F1A"/>
+    <w:rsid w:val="00402A47"/>
+    <w:rsid w:val="0040434E"/>
+    <w:rsid w:val="004055DC"/>
+    <w:rsid w:val="004057FC"/>
+    <w:rsid w:val="0040636F"/>
+    <w:rsid w:val="00406480"/>
+    <w:rsid w:val="00406DB1"/>
+    <w:rsid w:val="00407921"/>
+    <w:rsid w:val="00410654"/>
+    <w:rsid w:val="004120AA"/>
+    <w:rsid w:val="00412FEF"/>
+    <w:rsid w:val="004162F3"/>
+    <w:rsid w:val="00416E98"/>
+    <w:rsid w:val="004171CB"/>
+    <w:rsid w:val="00420658"/>
+    <w:rsid w:val="0042230B"/>
+    <w:rsid w:val="004224E2"/>
+    <w:rsid w:val="0042375F"/>
+    <w:rsid w:val="00424044"/>
+    <w:rsid w:val="00425EE2"/>
     <w:rsid w:val="00434D0E"/>
-    <w:rsid w:val="004406CD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0045191D"/>
+    <w:rsid w:val="00436E13"/>
+    <w:rsid w:val="00446559"/>
+    <w:rsid w:val="00447772"/>
+    <w:rsid w:val="004526B2"/>
+    <w:rsid w:val="00452BCA"/>
     <w:rsid w:val="00453116"/>
-    <w:rsid w:val="00455E5D"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00486B86"/>
+    <w:rsid w:val="00456C54"/>
+    <w:rsid w:val="00460BDE"/>
+    <w:rsid w:val="00462492"/>
+    <w:rsid w:val="004625AA"/>
+    <w:rsid w:val="00462B85"/>
+    <w:rsid w:val="00462D5A"/>
+    <w:rsid w:val="004630AD"/>
+    <w:rsid w:val="00463801"/>
+    <w:rsid w:val="00466B38"/>
+    <w:rsid w:val="00466FFA"/>
+    <w:rsid w:val="00473D95"/>
+    <w:rsid w:val="00480863"/>
+    <w:rsid w:val="004839BD"/>
+    <w:rsid w:val="00487B45"/>
+    <w:rsid w:val="00490DE7"/>
     <w:rsid w:val="00494E78"/>
-    <w:rsid w:val="00495B6E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="004C0C6E"/>
+    <w:rsid w:val="00495D93"/>
+    <w:rsid w:val="004A1998"/>
+    <w:rsid w:val="004A3CF4"/>
+    <w:rsid w:val="004B5CCD"/>
+    <w:rsid w:val="004B6A05"/>
+    <w:rsid w:val="004C1BD5"/>
     <w:rsid w:val="004C4435"/>
-    <w:rsid w:val="004C67ED"/>
-[...35 lines deleted...]
-    <w:rsid w:val="005B22FA"/>
+    <w:rsid w:val="004C5866"/>
+    <w:rsid w:val="004C754E"/>
+    <w:rsid w:val="004C7605"/>
+    <w:rsid w:val="004C7A9A"/>
+    <w:rsid w:val="004D269D"/>
+    <w:rsid w:val="004D2825"/>
+    <w:rsid w:val="004D4467"/>
+    <w:rsid w:val="004D4F3F"/>
+    <w:rsid w:val="004D7674"/>
+    <w:rsid w:val="004E6B66"/>
+    <w:rsid w:val="004F0A94"/>
+    <w:rsid w:val="004F317E"/>
+    <w:rsid w:val="004F39F6"/>
+    <w:rsid w:val="004F70C1"/>
+    <w:rsid w:val="004F7214"/>
+    <w:rsid w:val="00502DB9"/>
+    <w:rsid w:val="00502F2F"/>
+    <w:rsid w:val="0050653E"/>
+    <w:rsid w:val="00506542"/>
+    <w:rsid w:val="00506985"/>
+    <w:rsid w:val="0051143B"/>
+    <w:rsid w:val="00514589"/>
+    <w:rsid w:val="0051653F"/>
+    <w:rsid w:val="00523A78"/>
+    <w:rsid w:val="00524110"/>
+    <w:rsid w:val="005265DB"/>
+    <w:rsid w:val="00530282"/>
+    <w:rsid w:val="0053141C"/>
+    <w:rsid w:val="00537821"/>
+    <w:rsid w:val="00540C26"/>
+    <w:rsid w:val="00542A62"/>
+    <w:rsid w:val="00547645"/>
+    <w:rsid w:val="00547F95"/>
+    <w:rsid w:val="00551D69"/>
+    <w:rsid w:val="00555BC6"/>
+    <w:rsid w:val="005564D6"/>
+    <w:rsid w:val="005571E6"/>
+    <w:rsid w:val="00565305"/>
+    <w:rsid w:val="0057370C"/>
+    <w:rsid w:val="00576EA7"/>
+    <w:rsid w:val="005825F2"/>
+    <w:rsid w:val="00583650"/>
+    <w:rsid w:val="00584570"/>
+    <w:rsid w:val="00585141"/>
+    <w:rsid w:val="00586AAD"/>
+    <w:rsid w:val="00591587"/>
+    <w:rsid w:val="0059269F"/>
+    <w:rsid w:val="005A5113"/>
+    <w:rsid w:val="005B40EA"/>
     <w:rsid w:val="005B4128"/>
-    <w:rsid w:val="005C022B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005D36CB"/>
+    <w:rsid w:val="005B6590"/>
+    <w:rsid w:val="005D172E"/>
+    <w:rsid w:val="005D5447"/>
+    <w:rsid w:val="005D6E7F"/>
+    <w:rsid w:val="005D6FE4"/>
+    <w:rsid w:val="005E1ED7"/>
+    <w:rsid w:val="005E21E1"/>
+    <w:rsid w:val="005E4C72"/>
     <w:rsid w:val="005E546B"/>
-    <w:rsid w:val="005E5FA2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005F768C"/>
+    <w:rsid w:val="005E7993"/>
+    <w:rsid w:val="005F0389"/>
+    <w:rsid w:val="005F2555"/>
+    <w:rsid w:val="005F262A"/>
+    <w:rsid w:val="005F2CA3"/>
+    <w:rsid w:val="005F35D4"/>
+    <w:rsid w:val="00601CBA"/>
     <w:rsid w:val="00602859"/>
-    <w:rsid w:val="00604F44"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0066318C"/>
+    <w:rsid w:val="00602C09"/>
+    <w:rsid w:val="00604FA2"/>
+    <w:rsid w:val="006074D4"/>
+    <w:rsid w:val="00610E42"/>
+    <w:rsid w:val="00611692"/>
+    <w:rsid w:val="0061236E"/>
+    <w:rsid w:val="006151FF"/>
+    <w:rsid w:val="00615C52"/>
+    <w:rsid w:val="006206DD"/>
+    <w:rsid w:val="006226BA"/>
+    <w:rsid w:val="0062515A"/>
+    <w:rsid w:val="00627BA3"/>
+    <w:rsid w:val="00631914"/>
+    <w:rsid w:val="006328A2"/>
+    <w:rsid w:val="0063337B"/>
+    <w:rsid w:val="00636BA2"/>
+    <w:rsid w:val="006423B4"/>
+    <w:rsid w:val="00642F6F"/>
+    <w:rsid w:val="0064335C"/>
+    <w:rsid w:val="006436B9"/>
+    <w:rsid w:val="00647576"/>
+    <w:rsid w:val="00651ABA"/>
+    <w:rsid w:val="00651B36"/>
+    <w:rsid w:val="0065519D"/>
+    <w:rsid w:val="00656548"/>
+    <w:rsid w:val="00656EFE"/>
+    <w:rsid w:val="006637B1"/>
     <w:rsid w:val="00663EA1"/>
-    <w:rsid w:val="00681D4C"/>
-    <w:rsid w:val="006848F7"/>
+    <w:rsid w:val="00665820"/>
+    <w:rsid w:val="00666DEF"/>
+    <w:rsid w:val="00670D5F"/>
+    <w:rsid w:val="00681AA8"/>
+    <w:rsid w:val="00684049"/>
+    <w:rsid w:val="006842D5"/>
+    <w:rsid w:val="00686476"/>
+    <w:rsid w:val="00686A67"/>
+    <w:rsid w:val="00687173"/>
+    <w:rsid w:val="00690109"/>
     <w:rsid w:val="006918EF"/>
-    <w:rsid w:val="00695ADA"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00706A44"/>
+    <w:rsid w:val="00693334"/>
+    <w:rsid w:val="00695D93"/>
+    <w:rsid w:val="0069707B"/>
+    <w:rsid w:val="006A054D"/>
+    <w:rsid w:val="006A10E8"/>
+    <w:rsid w:val="006A1A45"/>
+    <w:rsid w:val="006A2B45"/>
+    <w:rsid w:val="006A3534"/>
+    <w:rsid w:val="006A36FC"/>
+    <w:rsid w:val="006A5ECC"/>
+    <w:rsid w:val="006A7EFC"/>
+    <w:rsid w:val="006B0178"/>
+    <w:rsid w:val="006B0ED7"/>
+    <w:rsid w:val="006B1A8C"/>
+    <w:rsid w:val="006B39CB"/>
+    <w:rsid w:val="006B465E"/>
+    <w:rsid w:val="006C1258"/>
+    <w:rsid w:val="006C149C"/>
+    <w:rsid w:val="006C1CD2"/>
+    <w:rsid w:val="006C35D7"/>
+    <w:rsid w:val="006C5F21"/>
+    <w:rsid w:val="006C6262"/>
+    <w:rsid w:val="006C6A6B"/>
+    <w:rsid w:val="006D0EAC"/>
+    <w:rsid w:val="006D2F97"/>
+    <w:rsid w:val="006D4422"/>
+    <w:rsid w:val="006D5350"/>
+    <w:rsid w:val="006D7E00"/>
+    <w:rsid w:val="006E28FE"/>
+    <w:rsid w:val="006E318C"/>
+    <w:rsid w:val="006E3BBF"/>
+    <w:rsid w:val="006E42B5"/>
+    <w:rsid w:val="006E56FB"/>
+    <w:rsid w:val="006E5745"/>
+    <w:rsid w:val="006E6586"/>
+    <w:rsid w:val="006F0D9D"/>
+    <w:rsid w:val="006F194A"/>
+    <w:rsid w:val="006F4B7F"/>
+    <w:rsid w:val="0070408C"/>
+    <w:rsid w:val="00706D02"/>
+    <w:rsid w:val="00707801"/>
     <w:rsid w:val="007124A6"/>
-    <w:rsid w:val="00713ACC"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00780DC1"/>
+    <w:rsid w:val="007148A1"/>
+    <w:rsid w:val="007151BE"/>
+    <w:rsid w:val="00717E38"/>
+    <w:rsid w:val="007241B5"/>
+    <w:rsid w:val="0072457A"/>
+    <w:rsid w:val="00726E0D"/>
+    <w:rsid w:val="00726EBE"/>
+    <w:rsid w:val="007272E2"/>
+    <w:rsid w:val="00732C65"/>
+    <w:rsid w:val="00732C87"/>
+    <w:rsid w:val="007340E0"/>
+    <w:rsid w:val="0073514C"/>
+    <w:rsid w:val="00740DB6"/>
+    <w:rsid w:val="00740F82"/>
+    <w:rsid w:val="00741B0F"/>
+    <w:rsid w:val="0074612C"/>
+    <w:rsid w:val="00747BCD"/>
+    <w:rsid w:val="007503A9"/>
+    <w:rsid w:val="00750D5D"/>
+    <w:rsid w:val="0075286B"/>
+    <w:rsid w:val="00752A89"/>
+    <w:rsid w:val="007536F0"/>
+    <w:rsid w:val="00755FC8"/>
+    <w:rsid w:val="007561DF"/>
+    <w:rsid w:val="00760486"/>
+    <w:rsid w:val="00761663"/>
+    <w:rsid w:val="007646EA"/>
+    <w:rsid w:val="00764C98"/>
+    <w:rsid w:val="00765B51"/>
+    <w:rsid w:val="007748BA"/>
+    <w:rsid w:val="0077768A"/>
+    <w:rsid w:val="00777DC0"/>
+    <w:rsid w:val="0078062B"/>
+    <w:rsid w:val="00781FD4"/>
+    <w:rsid w:val="00782EAB"/>
+    <w:rsid w:val="00783471"/>
     <w:rsid w:val="00784BFF"/>
-    <w:rsid w:val="007906C1"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007D3E87"/>
+    <w:rsid w:val="00792A78"/>
+    <w:rsid w:val="00793F9E"/>
+    <w:rsid w:val="00795608"/>
+    <w:rsid w:val="00795EDB"/>
+    <w:rsid w:val="007A4A8F"/>
+    <w:rsid w:val="007A4FF0"/>
+    <w:rsid w:val="007A6EBC"/>
+    <w:rsid w:val="007B0430"/>
+    <w:rsid w:val="007B1F02"/>
+    <w:rsid w:val="007B1F61"/>
+    <w:rsid w:val="007B55BD"/>
+    <w:rsid w:val="007C4C6B"/>
+    <w:rsid w:val="007C5D26"/>
+    <w:rsid w:val="007C628C"/>
+    <w:rsid w:val="007C7F8D"/>
+    <w:rsid w:val="007D38AA"/>
     <w:rsid w:val="007D4839"/>
-    <w:rsid w:val="007D4AA3"/>
-[...6 lines deleted...]
-    <w:rsid w:val="007F6652"/>
+    <w:rsid w:val="007E552E"/>
+    <w:rsid w:val="007E5B0C"/>
+    <w:rsid w:val="007F06A1"/>
+    <w:rsid w:val="007F43EE"/>
+    <w:rsid w:val="007F6F43"/>
     <w:rsid w:val="007F7FC7"/>
-    <w:rsid w:val="008057F2"/>
-[...6 lines deleted...]
-    <w:rsid w:val="008474A1"/>
+    <w:rsid w:val="00800360"/>
+    <w:rsid w:val="00802A80"/>
+    <w:rsid w:val="0081210A"/>
+    <w:rsid w:val="00820449"/>
+    <w:rsid w:val="00820A06"/>
+    <w:rsid w:val="008215FD"/>
+    <w:rsid w:val="008217E0"/>
+    <w:rsid w:val="008223E9"/>
+    <w:rsid w:val="00824E80"/>
+    <w:rsid w:val="00826928"/>
+    <w:rsid w:val="00831FB6"/>
+    <w:rsid w:val="00833B2C"/>
+    <w:rsid w:val="008362C5"/>
+    <w:rsid w:val="00840982"/>
+    <w:rsid w:val="00845479"/>
+    <w:rsid w:val="00845F8D"/>
+    <w:rsid w:val="00846687"/>
+    <w:rsid w:val="00847353"/>
     <w:rsid w:val="008529E5"/>
-    <w:rsid w:val="00853951"/>
-[...10 lines deleted...]
-    <w:rsid w:val="008973E7"/>
+    <w:rsid w:val="00860514"/>
+    <w:rsid w:val="00860E55"/>
+    <w:rsid w:val="00861DA2"/>
+    <w:rsid w:val="0086441A"/>
+    <w:rsid w:val="00864EF2"/>
+    <w:rsid w:val="00866CB3"/>
+    <w:rsid w:val="0086739B"/>
+    <w:rsid w:val="00867470"/>
+    <w:rsid w:val="0086789B"/>
+    <w:rsid w:val="0087140C"/>
+    <w:rsid w:val="00872C81"/>
+    <w:rsid w:val="00873076"/>
+    <w:rsid w:val="008733D6"/>
+    <w:rsid w:val="00874964"/>
+    <w:rsid w:val="00874CE5"/>
+    <w:rsid w:val="00876552"/>
+    <w:rsid w:val="00881438"/>
+    <w:rsid w:val="00883314"/>
+    <w:rsid w:val="00883361"/>
+    <w:rsid w:val="00887220"/>
+    <w:rsid w:val="00887615"/>
+    <w:rsid w:val="008902EF"/>
+    <w:rsid w:val="00890704"/>
+    <w:rsid w:val="00896552"/>
+    <w:rsid w:val="008A0842"/>
     <w:rsid w:val="008A1824"/>
-    <w:rsid w:val="008A4E30"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008B4E6F"/>
+    <w:rsid w:val="008A3A2A"/>
+    <w:rsid w:val="008A3AB8"/>
+    <w:rsid w:val="008A5315"/>
+    <w:rsid w:val="008B1EBB"/>
     <w:rsid w:val="008B6111"/>
-    <w:rsid w:val="008B6546"/>
-[...27 lines deleted...]
-    <w:rsid w:val="009470DC"/>
+    <w:rsid w:val="008D5FD4"/>
+    <w:rsid w:val="008E02AA"/>
+    <w:rsid w:val="008E2101"/>
+    <w:rsid w:val="008F0523"/>
+    <w:rsid w:val="008F187B"/>
+    <w:rsid w:val="008F5FB9"/>
+    <w:rsid w:val="008F7600"/>
+    <w:rsid w:val="009035CE"/>
+    <w:rsid w:val="00906797"/>
+    <w:rsid w:val="009071A3"/>
+    <w:rsid w:val="00907FEA"/>
+    <w:rsid w:val="009110FF"/>
+    <w:rsid w:val="00912452"/>
+    <w:rsid w:val="009147DB"/>
+    <w:rsid w:val="00920817"/>
+    <w:rsid w:val="00922E7B"/>
+    <w:rsid w:val="009239D1"/>
+    <w:rsid w:val="00923DED"/>
+    <w:rsid w:val="00925600"/>
+    <w:rsid w:val="00930916"/>
+    <w:rsid w:val="00930DB8"/>
+    <w:rsid w:val="0093472C"/>
+    <w:rsid w:val="00934DF7"/>
+    <w:rsid w:val="00936DA6"/>
+    <w:rsid w:val="0094033D"/>
+    <w:rsid w:val="00940F92"/>
+    <w:rsid w:val="0094443C"/>
     <w:rsid w:val="009501A3"/>
-    <w:rsid w:val="00967D38"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00981500"/>
+    <w:rsid w:val="0095155A"/>
+    <w:rsid w:val="00952248"/>
+    <w:rsid w:val="0095252F"/>
+    <w:rsid w:val="009549C1"/>
+    <w:rsid w:val="00954A7F"/>
+    <w:rsid w:val="00957915"/>
+    <w:rsid w:val="009579C6"/>
+    <w:rsid w:val="00961649"/>
+    <w:rsid w:val="0096173D"/>
+    <w:rsid w:val="009640FA"/>
+    <w:rsid w:val="00964B50"/>
+    <w:rsid w:val="009669F2"/>
+    <w:rsid w:val="00972024"/>
+    <w:rsid w:val="009737BA"/>
+    <w:rsid w:val="0097395B"/>
+    <w:rsid w:val="00977A19"/>
+    <w:rsid w:val="0098453B"/>
     <w:rsid w:val="00984812"/>
-    <w:rsid w:val="00986005"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009959DC"/>
+    <w:rsid w:val="009855C4"/>
+    <w:rsid w:val="00990302"/>
+    <w:rsid w:val="00990F0D"/>
     <w:rsid w:val="00997370"/>
-    <w:rsid w:val="009A1E5B"/>
+    <w:rsid w:val="009A2061"/>
+    <w:rsid w:val="009A29BD"/>
+    <w:rsid w:val="009A574E"/>
     <w:rsid w:val="009A5D5F"/>
-    <w:rsid w:val="009A6E0B"/>
-[...7 lines deleted...]
-    <w:rsid w:val="009F64DC"/>
+    <w:rsid w:val="009A6C96"/>
+    <w:rsid w:val="009A7133"/>
+    <w:rsid w:val="009B406D"/>
+    <w:rsid w:val="009B4C68"/>
+    <w:rsid w:val="009B6523"/>
+    <w:rsid w:val="009C3585"/>
+    <w:rsid w:val="009D2CC4"/>
+    <w:rsid w:val="009D3016"/>
+    <w:rsid w:val="009D374D"/>
+    <w:rsid w:val="009D4A18"/>
+    <w:rsid w:val="009D77C5"/>
+    <w:rsid w:val="009E1060"/>
+    <w:rsid w:val="009E2B7E"/>
+    <w:rsid w:val="009E3C70"/>
+    <w:rsid w:val="009E5B19"/>
+    <w:rsid w:val="009F2E6D"/>
+    <w:rsid w:val="009F60A9"/>
     <w:rsid w:val="009F7546"/>
-    <w:rsid w:val="00A01AE7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A13F09"/>
+    <w:rsid w:val="00A0001F"/>
+    <w:rsid w:val="00A03C03"/>
+    <w:rsid w:val="00A05A7E"/>
+    <w:rsid w:val="00A11948"/>
+    <w:rsid w:val="00A11988"/>
+    <w:rsid w:val="00A130A3"/>
+    <w:rsid w:val="00A143F9"/>
     <w:rsid w:val="00A149E6"/>
-    <w:rsid w:val="00A43346"/>
-[...26 lines deleted...]
-    <w:rsid w:val="00AF49E1"/>
+    <w:rsid w:val="00A1517B"/>
+    <w:rsid w:val="00A21D92"/>
+    <w:rsid w:val="00A2417B"/>
+    <w:rsid w:val="00A26611"/>
+    <w:rsid w:val="00A27C3A"/>
+    <w:rsid w:val="00A30E9A"/>
+    <w:rsid w:val="00A31257"/>
+    <w:rsid w:val="00A33552"/>
+    <w:rsid w:val="00A35FE8"/>
+    <w:rsid w:val="00A368D4"/>
+    <w:rsid w:val="00A36B0B"/>
+    <w:rsid w:val="00A37D3B"/>
+    <w:rsid w:val="00A404EE"/>
+    <w:rsid w:val="00A4148A"/>
+    <w:rsid w:val="00A419D5"/>
+    <w:rsid w:val="00A42259"/>
+    <w:rsid w:val="00A44356"/>
+    <w:rsid w:val="00A4574F"/>
+    <w:rsid w:val="00A463F0"/>
+    <w:rsid w:val="00A46F63"/>
+    <w:rsid w:val="00A514A1"/>
+    <w:rsid w:val="00A55754"/>
+    <w:rsid w:val="00A60FEE"/>
+    <w:rsid w:val="00A6179F"/>
+    <w:rsid w:val="00A62E3B"/>
+    <w:rsid w:val="00A724BC"/>
+    <w:rsid w:val="00A731F2"/>
+    <w:rsid w:val="00A73FBD"/>
+    <w:rsid w:val="00A7420A"/>
+    <w:rsid w:val="00A77A02"/>
+    <w:rsid w:val="00A82BD6"/>
+    <w:rsid w:val="00A85793"/>
+    <w:rsid w:val="00A85A25"/>
+    <w:rsid w:val="00A87901"/>
+    <w:rsid w:val="00A91440"/>
+    <w:rsid w:val="00AA35D8"/>
+    <w:rsid w:val="00AA6E05"/>
+    <w:rsid w:val="00AB0418"/>
+    <w:rsid w:val="00AC0F7F"/>
+    <w:rsid w:val="00AC1A30"/>
+    <w:rsid w:val="00AC1C8E"/>
+    <w:rsid w:val="00AC20E4"/>
+    <w:rsid w:val="00AC5198"/>
+    <w:rsid w:val="00AC51BE"/>
+    <w:rsid w:val="00AC6F09"/>
+    <w:rsid w:val="00AD06EB"/>
+    <w:rsid w:val="00AD1607"/>
+    <w:rsid w:val="00AD6640"/>
+    <w:rsid w:val="00AE1249"/>
+    <w:rsid w:val="00AE7E3F"/>
+    <w:rsid w:val="00AF4AA9"/>
     <w:rsid w:val="00AF77A9"/>
-    <w:rsid w:val="00B02E5B"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00B36351"/>
+    <w:rsid w:val="00B00449"/>
+    <w:rsid w:val="00B004BD"/>
+    <w:rsid w:val="00B01C9F"/>
+    <w:rsid w:val="00B01CC2"/>
+    <w:rsid w:val="00B02A8F"/>
+    <w:rsid w:val="00B0345C"/>
+    <w:rsid w:val="00B04013"/>
+    <w:rsid w:val="00B05BA9"/>
+    <w:rsid w:val="00B06FB1"/>
+    <w:rsid w:val="00B10283"/>
+    <w:rsid w:val="00B11118"/>
+    <w:rsid w:val="00B13492"/>
+    <w:rsid w:val="00B158EE"/>
+    <w:rsid w:val="00B15C17"/>
+    <w:rsid w:val="00B16F74"/>
+    <w:rsid w:val="00B20AB6"/>
+    <w:rsid w:val="00B21CE8"/>
+    <w:rsid w:val="00B300FA"/>
+    <w:rsid w:val="00B31F8F"/>
     <w:rsid w:val="00B37336"/>
-    <w:rsid w:val="00B4151B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B53425"/>
+    <w:rsid w:val="00B378E1"/>
+    <w:rsid w:val="00B37A6A"/>
+    <w:rsid w:val="00B41C86"/>
+    <w:rsid w:val="00B420D1"/>
+    <w:rsid w:val="00B46CA0"/>
+    <w:rsid w:val="00B46E3D"/>
+    <w:rsid w:val="00B5377A"/>
     <w:rsid w:val="00B543C2"/>
-    <w:rsid w:val="00B54A8B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B75DE4"/>
+    <w:rsid w:val="00B60658"/>
+    <w:rsid w:val="00B60C26"/>
+    <w:rsid w:val="00B610EB"/>
+    <w:rsid w:val="00B6288E"/>
+    <w:rsid w:val="00B62E42"/>
+    <w:rsid w:val="00B63AF8"/>
+    <w:rsid w:val="00B644C8"/>
+    <w:rsid w:val="00B65394"/>
+    <w:rsid w:val="00B67070"/>
+    <w:rsid w:val="00B70095"/>
+    <w:rsid w:val="00B71EF8"/>
+    <w:rsid w:val="00B73F9C"/>
+    <w:rsid w:val="00B766EE"/>
+    <w:rsid w:val="00B76B14"/>
+    <w:rsid w:val="00B81272"/>
+    <w:rsid w:val="00B82B01"/>
     <w:rsid w:val="00B84107"/>
-    <w:rsid w:val="00B85818"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00BC710C"/>
+    <w:rsid w:val="00B85122"/>
+    <w:rsid w:val="00B85CEC"/>
+    <w:rsid w:val="00B9081F"/>
+    <w:rsid w:val="00B90E5D"/>
+    <w:rsid w:val="00B91252"/>
+    <w:rsid w:val="00B91F8F"/>
+    <w:rsid w:val="00B92739"/>
+    <w:rsid w:val="00B94AEF"/>
+    <w:rsid w:val="00BA69FD"/>
+    <w:rsid w:val="00BB1B63"/>
+    <w:rsid w:val="00BB215E"/>
+    <w:rsid w:val="00BB2696"/>
+    <w:rsid w:val="00BB6BC8"/>
     <w:rsid w:val="00BD039D"/>
-    <w:rsid w:val="00BD7BA8"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00C6232E"/>
+    <w:rsid w:val="00BD054F"/>
+    <w:rsid w:val="00BD2324"/>
+    <w:rsid w:val="00BD2405"/>
+    <w:rsid w:val="00BD2EA3"/>
+    <w:rsid w:val="00BD4367"/>
+    <w:rsid w:val="00BD6FFA"/>
+    <w:rsid w:val="00BE0252"/>
+    <w:rsid w:val="00BE2BDB"/>
+    <w:rsid w:val="00BE5EB4"/>
+    <w:rsid w:val="00BF18FB"/>
+    <w:rsid w:val="00BF2FD7"/>
+    <w:rsid w:val="00C21FDC"/>
+    <w:rsid w:val="00C2235D"/>
+    <w:rsid w:val="00C2275D"/>
+    <w:rsid w:val="00C240A7"/>
+    <w:rsid w:val="00C244CC"/>
+    <w:rsid w:val="00C25CC3"/>
+    <w:rsid w:val="00C262FD"/>
+    <w:rsid w:val="00C26330"/>
+    <w:rsid w:val="00C319E4"/>
+    <w:rsid w:val="00C31DF7"/>
+    <w:rsid w:val="00C3201C"/>
+    <w:rsid w:val="00C32A98"/>
+    <w:rsid w:val="00C32CA5"/>
+    <w:rsid w:val="00C330D0"/>
+    <w:rsid w:val="00C333D3"/>
+    <w:rsid w:val="00C358CF"/>
+    <w:rsid w:val="00C42564"/>
+    <w:rsid w:val="00C444CF"/>
+    <w:rsid w:val="00C44C20"/>
+    <w:rsid w:val="00C47C63"/>
+    <w:rsid w:val="00C51DC7"/>
+    <w:rsid w:val="00C542AE"/>
+    <w:rsid w:val="00C5607A"/>
     <w:rsid w:val="00C655AC"/>
+    <w:rsid w:val="00C70160"/>
+    <w:rsid w:val="00C705A2"/>
+    <w:rsid w:val="00C744BC"/>
     <w:rsid w:val="00C77304"/>
-    <w:rsid w:val="00C86DE4"/>
+    <w:rsid w:val="00C77619"/>
+    <w:rsid w:val="00C7769F"/>
+    <w:rsid w:val="00C83918"/>
+    <w:rsid w:val="00C83D36"/>
+    <w:rsid w:val="00C86234"/>
+    <w:rsid w:val="00C864A5"/>
+    <w:rsid w:val="00C90217"/>
     <w:rsid w:val="00C90B1B"/>
-    <w:rsid w:val="00C94FC3"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00D5447F"/>
+    <w:rsid w:val="00C91962"/>
+    <w:rsid w:val="00C939A3"/>
+    <w:rsid w:val="00C95B08"/>
+    <w:rsid w:val="00C97595"/>
+    <w:rsid w:val="00C97FAE"/>
+    <w:rsid w:val="00CA2ABD"/>
+    <w:rsid w:val="00CA4249"/>
+    <w:rsid w:val="00CB093C"/>
+    <w:rsid w:val="00CB6D5D"/>
+    <w:rsid w:val="00CB77A1"/>
+    <w:rsid w:val="00CC2838"/>
+    <w:rsid w:val="00CC32C0"/>
+    <w:rsid w:val="00CC5A92"/>
+    <w:rsid w:val="00CC5BDC"/>
+    <w:rsid w:val="00CC7B2C"/>
+    <w:rsid w:val="00CD0F7C"/>
+    <w:rsid w:val="00CD1405"/>
+    <w:rsid w:val="00CD3973"/>
+    <w:rsid w:val="00CD4750"/>
+    <w:rsid w:val="00CD6836"/>
+    <w:rsid w:val="00CE0ADD"/>
+    <w:rsid w:val="00CE11A2"/>
+    <w:rsid w:val="00CE3DC3"/>
+    <w:rsid w:val="00CE4DBD"/>
+    <w:rsid w:val="00CE540F"/>
+    <w:rsid w:val="00CE701A"/>
+    <w:rsid w:val="00CE7A9E"/>
+    <w:rsid w:val="00CF17FB"/>
+    <w:rsid w:val="00CF59F6"/>
+    <w:rsid w:val="00CF62D2"/>
+    <w:rsid w:val="00CF6D5B"/>
+    <w:rsid w:val="00CF79A1"/>
+    <w:rsid w:val="00D01079"/>
+    <w:rsid w:val="00D06E09"/>
+    <w:rsid w:val="00D13905"/>
+    <w:rsid w:val="00D15702"/>
+    <w:rsid w:val="00D204AF"/>
+    <w:rsid w:val="00D21BE9"/>
+    <w:rsid w:val="00D21FFA"/>
+    <w:rsid w:val="00D25C10"/>
+    <w:rsid w:val="00D3063F"/>
+    <w:rsid w:val="00D36A7A"/>
+    <w:rsid w:val="00D4490D"/>
+    <w:rsid w:val="00D44B45"/>
+    <w:rsid w:val="00D46C50"/>
+    <w:rsid w:val="00D475BE"/>
+    <w:rsid w:val="00D47911"/>
+    <w:rsid w:val="00D5289B"/>
+    <w:rsid w:val="00D575EE"/>
     <w:rsid w:val="00D614F6"/>
-    <w:rsid w:val="00D83146"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00E91D08"/>
+    <w:rsid w:val="00D61AEF"/>
+    <w:rsid w:val="00D61C09"/>
+    <w:rsid w:val="00D62BBB"/>
+    <w:rsid w:val="00D62EF9"/>
+    <w:rsid w:val="00D640EF"/>
+    <w:rsid w:val="00D6493A"/>
+    <w:rsid w:val="00D65034"/>
+    <w:rsid w:val="00D70094"/>
+    <w:rsid w:val="00D77B38"/>
+    <w:rsid w:val="00D80A9F"/>
+    <w:rsid w:val="00D86027"/>
+    <w:rsid w:val="00D86C3F"/>
+    <w:rsid w:val="00D87D78"/>
+    <w:rsid w:val="00D908CE"/>
+    <w:rsid w:val="00D94159"/>
+    <w:rsid w:val="00D94BB3"/>
+    <w:rsid w:val="00D977E7"/>
+    <w:rsid w:val="00DA2119"/>
+    <w:rsid w:val="00DA315D"/>
+    <w:rsid w:val="00DA612F"/>
+    <w:rsid w:val="00DB0CEC"/>
+    <w:rsid w:val="00DB0E15"/>
+    <w:rsid w:val="00DB3323"/>
+    <w:rsid w:val="00DB4147"/>
+    <w:rsid w:val="00DB55FE"/>
+    <w:rsid w:val="00DB6870"/>
+    <w:rsid w:val="00DC2495"/>
+    <w:rsid w:val="00DC3DED"/>
+    <w:rsid w:val="00DC4AF0"/>
+    <w:rsid w:val="00DD1C6D"/>
+    <w:rsid w:val="00DD4BC6"/>
+    <w:rsid w:val="00DD4C82"/>
+    <w:rsid w:val="00DD6E92"/>
+    <w:rsid w:val="00DE12D3"/>
+    <w:rsid w:val="00DE1A42"/>
+    <w:rsid w:val="00DE3635"/>
+    <w:rsid w:val="00DE73C4"/>
+    <w:rsid w:val="00DE7BF5"/>
+    <w:rsid w:val="00DF3EE1"/>
+    <w:rsid w:val="00E0475F"/>
+    <w:rsid w:val="00E077DF"/>
+    <w:rsid w:val="00E1189B"/>
+    <w:rsid w:val="00E1200E"/>
+    <w:rsid w:val="00E12307"/>
+    <w:rsid w:val="00E12419"/>
+    <w:rsid w:val="00E139F1"/>
+    <w:rsid w:val="00E14E26"/>
+    <w:rsid w:val="00E16117"/>
+    <w:rsid w:val="00E16618"/>
+    <w:rsid w:val="00E16C72"/>
+    <w:rsid w:val="00E214E3"/>
+    <w:rsid w:val="00E226FB"/>
+    <w:rsid w:val="00E231A0"/>
+    <w:rsid w:val="00E2378D"/>
+    <w:rsid w:val="00E27043"/>
+    <w:rsid w:val="00E278D3"/>
+    <w:rsid w:val="00E27AE7"/>
+    <w:rsid w:val="00E31EC7"/>
+    <w:rsid w:val="00E351B0"/>
+    <w:rsid w:val="00E355D0"/>
+    <w:rsid w:val="00E404B9"/>
+    <w:rsid w:val="00E412B6"/>
+    <w:rsid w:val="00E42226"/>
+    <w:rsid w:val="00E43C25"/>
+    <w:rsid w:val="00E4578A"/>
+    <w:rsid w:val="00E4578C"/>
+    <w:rsid w:val="00E4654F"/>
+    <w:rsid w:val="00E46B79"/>
+    <w:rsid w:val="00E5189D"/>
+    <w:rsid w:val="00E561C9"/>
+    <w:rsid w:val="00E572F8"/>
+    <w:rsid w:val="00E57BD3"/>
+    <w:rsid w:val="00E6020C"/>
+    <w:rsid w:val="00E6097F"/>
+    <w:rsid w:val="00E64CCF"/>
+    <w:rsid w:val="00E64DCD"/>
+    <w:rsid w:val="00E7791C"/>
+    <w:rsid w:val="00E85448"/>
+    <w:rsid w:val="00E90972"/>
     <w:rsid w:val="00E92CFA"/>
-    <w:rsid w:val="00E947FA"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00F075D8"/>
+    <w:rsid w:val="00E937CB"/>
+    <w:rsid w:val="00E942FA"/>
+    <w:rsid w:val="00E9499D"/>
+    <w:rsid w:val="00E97B1D"/>
+    <w:rsid w:val="00EA0F8A"/>
+    <w:rsid w:val="00EA2B20"/>
+    <w:rsid w:val="00EA5BAD"/>
+    <w:rsid w:val="00EB0C99"/>
+    <w:rsid w:val="00EB160C"/>
+    <w:rsid w:val="00EB209B"/>
+    <w:rsid w:val="00EB56A2"/>
+    <w:rsid w:val="00EB59AC"/>
+    <w:rsid w:val="00EB631D"/>
+    <w:rsid w:val="00EB6D5A"/>
+    <w:rsid w:val="00EC2E98"/>
+    <w:rsid w:val="00EC5791"/>
+    <w:rsid w:val="00EC6578"/>
+    <w:rsid w:val="00ED0D5F"/>
+    <w:rsid w:val="00ED1D9C"/>
+    <w:rsid w:val="00ED76E3"/>
+    <w:rsid w:val="00EE1ED9"/>
+    <w:rsid w:val="00EE20E0"/>
+    <w:rsid w:val="00EE33BC"/>
+    <w:rsid w:val="00EF1B3E"/>
+    <w:rsid w:val="00EF4954"/>
+    <w:rsid w:val="00EF5123"/>
+    <w:rsid w:val="00EF65F3"/>
+    <w:rsid w:val="00F01811"/>
+    <w:rsid w:val="00F03EF5"/>
+    <w:rsid w:val="00F05F42"/>
+    <w:rsid w:val="00F11E15"/>
+    <w:rsid w:val="00F11FC7"/>
     <w:rsid w:val="00F150F3"/>
-    <w:rsid w:val="00F2306A"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F63850"/>
+    <w:rsid w:val="00F1551E"/>
+    <w:rsid w:val="00F15EC8"/>
+    <w:rsid w:val="00F17AFB"/>
+    <w:rsid w:val="00F17C88"/>
+    <w:rsid w:val="00F20A77"/>
+    <w:rsid w:val="00F21796"/>
+    <w:rsid w:val="00F22D36"/>
+    <w:rsid w:val="00F269C7"/>
+    <w:rsid w:val="00F26B50"/>
+    <w:rsid w:val="00F27D8F"/>
+    <w:rsid w:val="00F376A0"/>
+    <w:rsid w:val="00F41550"/>
+    <w:rsid w:val="00F4186F"/>
+    <w:rsid w:val="00F421E7"/>
+    <w:rsid w:val="00F42674"/>
+    <w:rsid w:val="00F42E26"/>
+    <w:rsid w:val="00F46139"/>
+    <w:rsid w:val="00F56153"/>
+    <w:rsid w:val="00F57910"/>
+    <w:rsid w:val="00F61147"/>
+    <w:rsid w:val="00F61173"/>
+    <w:rsid w:val="00F6148B"/>
+    <w:rsid w:val="00F628FD"/>
     <w:rsid w:val="00F6388D"/>
-    <w:rsid w:val="00F72B5C"/>
+    <w:rsid w:val="00F700C4"/>
+    <w:rsid w:val="00F732B4"/>
+    <w:rsid w:val="00F740A2"/>
+    <w:rsid w:val="00F741C4"/>
+    <w:rsid w:val="00F74F97"/>
+    <w:rsid w:val="00F74FF5"/>
     <w:rsid w:val="00F775DA"/>
-    <w:rsid w:val="00F8019B"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00FF6B36"/>
+    <w:rsid w:val="00F77DFF"/>
+    <w:rsid w:val="00F80EE2"/>
+    <w:rsid w:val="00F84324"/>
+    <w:rsid w:val="00F85161"/>
+    <w:rsid w:val="00F85169"/>
+    <w:rsid w:val="00F86925"/>
+    <w:rsid w:val="00F90BDA"/>
+    <w:rsid w:val="00F911D0"/>
+    <w:rsid w:val="00F91B1A"/>
+    <w:rsid w:val="00F9388A"/>
+    <w:rsid w:val="00F97566"/>
+    <w:rsid w:val="00FA08C5"/>
+    <w:rsid w:val="00FA2405"/>
+    <w:rsid w:val="00FA25EF"/>
+    <w:rsid w:val="00FC0610"/>
+    <w:rsid w:val="00FC3D73"/>
+    <w:rsid w:val="00FC5681"/>
+    <w:rsid w:val="00FC671E"/>
+    <w:rsid w:val="00FC73CB"/>
+    <w:rsid w:val="00FD05D2"/>
+    <w:rsid w:val="00FD3109"/>
+    <w:rsid w:val="00FD3501"/>
+    <w:rsid w:val="00FE2511"/>
+    <w:rsid w:val="00FE299F"/>
+    <w:rsid w:val="00FE34AA"/>
+    <w:rsid w:val="00FE3FD3"/>
+    <w:rsid w:val="00FE5E8F"/>
+    <w:rsid w:val="00FF0756"/>
+    <w:rsid w:val="00FF09DD"/>
+    <w:rsid w:val="00FF0C61"/>
+    <w:rsid w:val="00FF1771"/>
+    <w:rsid w:val="00FF37B7"/>
+    <w:rsid w:val="00FF3AAD"/>
+    <w:rsid w:val="00FF4568"/>
+    <w:rsid w:val="00FF5804"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3110BAA3"/>
@@ -25247,50 +34756,53 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -25311,115 +34823,264 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0025249E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E24A8B"/>
+    <w:rsid w:val="00726EBE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E24A8B"/>
+    <w:rsid w:val="00726EBE"/>
+    <w:rPr>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E24A8B"/>
+    <w:rsid w:val="00726EBE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E24A8B"/>
+    <w:rsid w:val="00726EBE"/>
+    <w:rPr>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="1703895370">
+    <w:div w:id="95832633">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="689524781">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="723674488">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="895507126">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="976567231">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1011107725">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1071268115">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1490823375">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1579174958">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1704750151">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1809207553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1937054286">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -25685,53 +35346,57 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101002E863F4D41954445A589852F56065FF7" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="cf76097e24522f44b930fc61ecde5186">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f2806426-abc6-4eac-b766-6af691031736" xmlns:ns3="21b06b1f-c2e7-42c0-8d47-4682ebcf1bc4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6756bcc0d585547cc16221021890c4b2" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101002E863F4D41954445A589852F56065FF7" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="3a71988bce99e65b66d332903525ddf7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f2806426-abc6-4eac-b766-6af691031736" xmlns:ns3="21b06b1f-c2e7-42c0-8d47-4682ebcf1bc4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48962ad71ebe34dcc908d1b92f14dafb" ns2:_="" ns3:_="">
     <xsd:import namespace="f2806426-abc6-4eac-b766-6af691031736"/>
     <xsd:import namespace="21b06b1f-c2e7-42c0-8d47-4682ebcf1bc4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -25929,101 +35594,105 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="21b06b1f-c2e7-42c0-8d47-4682ebcf1bc4" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f2806426-abc6-4eac-b766-6af691031736">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61CB3533-878D-4A17-B199-FBA73156E583}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{835B7D43-7277-492C-8B59-B3E77E6CE3E6}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41F3ABEA-6F04-45A5-A8BA-579A65BD55F1}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{585CF19E-D6D2-4561-8818-76A56F855DB5}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95E15A25-B5D5-4ED9-9F17-B817E7269ACB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>7563</Characters>
+  <Pages>16</Pages>
+  <Words>1713</Words>
+  <Characters>10281</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>17</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>85</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8806</CharactersWithSpaces>
+  <CharactersWithSpaces>11971</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Iwona Krzemińska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101002E863F4D41954445A589852F56065FF7</vt:lpwstr>
+  </property>
+</Properties>
+</file>